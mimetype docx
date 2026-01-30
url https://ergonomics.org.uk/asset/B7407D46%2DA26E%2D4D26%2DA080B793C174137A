--- v0 (2025-10-18)
+++ v1 (2026-01-30)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1216AE12" w14:textId="77777777" w:rsidR="0062737E" w:rsidRPr="00C7204F" w:rsidRDefault="0062737E" w:rsidP="0062737E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7204F">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B20A04A" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
@@ -348,101 +348,99 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Your </w:t>
             </w:r>
             <w:r w:rsidR="00846B3F" w:rsidRPr="002B03C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>full name</w:t>
             </w:r>
             <w:r w:rsidR="00846B3F" w:rsidRPr="003A6F12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E4793C9" w14:textId="05DD2198" w:rsidR="00407D94" w:rsidRPr="006A2010" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00846B3F" w:rsidRPr="00AD29A2" w14:paraId="1F007AC9" w14:textId="77777777" w:rsidTr="00063C55">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C24F9B2" w14:textId="26B3DBDD" w:rsidR="00846B3F" w:rsidRPr="003A6F12" w:rsidRDefault="00846B3F" w:rsidP="00846B3F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B03C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Your CIEHF user name (preferred email address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718BE5EC" w14:textId="77777777" w:rsidR="00846B3F" w:rsidRDefault="00846B3F" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="6D10EDD8" w14:textId="77777777" w:rsidTr="00063C55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="310EFDBD" w14:textId="3563643B" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
@@ -456,51 +454,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Are you currently a member of the CIEHF? If so</w:t>
             </w:r>
             <w:r w:rsidR="007E3864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> what grade?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27290E28" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D816517" w14:textId="7E5F9BDC" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00407D94">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4247CA26" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00617ADC" w:rsidRDefault="00407D94" w:rsidP="00617ADC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
@@ -614,228 +611,216 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University/Institute</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="47145F3F" w14:textId="77777777" w:rsidTr="0062737E">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290AA587" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="187CF673" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D075B6B" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E4ACFD7" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="0A449F99" w14:textId="77777777" w:rsidTr="0062737E">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7396BC57" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78C4483E" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D146F6E" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3403A102" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="47680434" w14:textId="77777777" w:rsidTr="0062737E">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05AB6A35" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C161A85" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17041AB0" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13809886" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C760937" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="002637F3" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
@@ -1296,69 +1281,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Please complete your CPD record online, by logging into your </w:t>
       </w:r>
       <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>CIEHF</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> account</w:t>
       </w:r>
       <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (in </w:t>
-[...17 lines deleted...]
-        <w:t>&gt;</w:t>
+        <w:t xml:space="preserve"> (in MyAccount&gt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>MyCPD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -1493,285 +1460,270 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="1EE583B6" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="307961A5" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BA3BF19" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13E6F8DA" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="793BC752" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65FA9FA7" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ACBAEE5" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5301703D" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="1D6BB76C" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="055A9BF7" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="001DF9EC" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19098623" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="24054772" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48686FC0" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6993E9AC" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A784BEA" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="562E169C" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7992A86B" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A540011" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="539354EE" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41264AF2" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00742D82" w:rsidRDefault="00742D82" w:rsidP="00742D82">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1851,183 +1803,174 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="5AF8EBFB" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BD32F28" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FC4F33D" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61B43F9A" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="3D2904BE" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A81F1C0" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06240601" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F071122" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="0D4A8373" w14:textId="77777777" w:rsidTr="00742D82">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69A7BA1F" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="629C33F1" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D8187FC" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EA18F64" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="008F51D5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1706ED83" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="002637F3" w:rsidRDefault="00F35029" w:rsidP="00F35029">
       <w:pPr>
         <w:spacing w:after="240"/>
@@ -2098,60 +2041,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please contact you</w:t>
       </w:r>
       <w:r w:rsidR="00005716">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> referees and mentor (if applicable) and ask them to ema</w:t>
       </w:r>
       <w:r w:rsidR="008E5A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">il their reports directly to </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">il their reports directly to  </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003A6F12" w:rsidRPr="00064326">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>membership@ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2A887543" w14:textId="77777777" w:rsidR="003A6F12" w:rsidRPr="007E3864" w:rsidRDefault="003A6F12" w:rsidP="008E5A9B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="287DB3EF" w14:textId="77777777" w:rsidR="00F35029" w:rsidRDefault="00F35029" w:rsidP="00F35029">
       <w:pPr>
         <w:rPr>
           <w:i/>
@@ -4015,147 +3949,147 @@
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00725D24">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>membership@ergonomics.org.uk</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD29A2" w:rsidRPr="007E3864" w:rsidSect="00005716">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="851" w:left="1134" w:header="850" w:footer="850" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7026F084" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D37F8B4" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:id w:val="-243184788"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="38ED853E" w14:textId="495A188D" w:rsidR="00E46FDA" w:rsidRPr="00005716" w:rsidRDefault="00005716" w:rsidP="00005716">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:pBdr>
           <w:tabs>
@@ -4252,70 +4186,70 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00825FFB">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E46FDA" w:rsidRPr="00005716">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79703F21" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5101A361" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1142AFF2" w14:textId="54AF5291" w:rsidR="00FB568E" w:rsidRPr="00751A28" w:rsidRDefault="00FB568E" w:rsidP="00FB568E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CD87094" wp14:editId="36638CD2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
@@ -4407,51 +4341,51 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:b/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Registered Member</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="06DAE236" w14:textId="59EDFB42" w:rsidR="00751A28" w:rsidRPr="00FB568E" w:rsidRDefault="00751A28" w:rsidP="00FB568E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A0E7A58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF1C3446"/>
     <w:lvl w:ilvl="0" w:tplc="13D42002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5540,118 +5474,120 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="667561944">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="25525365">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="696078711">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="989089847">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="536430673">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="969435607">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="840434889">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="519466236">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="766653672">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="543369955">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B3247"/>
     <w:rsid w:val="00005716"/>
     <w:rsid w:val="000059FF"/>
     <w:rsid w:val="00005E41"/>
     <w:rsid w:val="00063C55"/>
+    <w:rsid w:val="00066695"/>
     <w:rsid w:val="000866B1"/>
     <w:rsid w:val="000D3030"/>
     <w:rsid w:val="000F6E18"/>
     <w:rsid w:val="001002C5"/>
     <w:rsid w:val="001054C7"/>
     <w:rsid w:val="00112D2B"/>
     <w:rsid w:val="00142924"/>
     <w:rsid w:val="001619A5"/>
     <w:rsid w:val="00171677"/>
     <w:rsid w:val="001D1166"/>
     <w:rsid w:val="002318C5"/>
     <w:rsid w:val="00231BE2"/>
     <w:rsid w:val="00244848"/>
     <w:rsid w:val="002B03C1"/>
     <w:rsid w:val="002B790C"/>
     <w:rsid w:val="002C5CFD"/>
     <w:rsid w:val="002C7F1E"/>
     <w:rsid w:val="002F3570"/>
     <w:rsid w:val="00336A3E"/>
     <w:rsid w:val="00372400"/>
     <w:rsid w:val="003A6F12"/>
     <w:rsid w:val="003B07B8"/>
     <w:rsid w:val="003D2143"/>
     <w:rsid w:val="00405887"/>
     <w:rsid w:val="00407D94"/>
@@ -5663,50 +5599,51 @@
     <w:rsid w:val="004A7100"/>
     <w:rsid w:val="004B3247"/>
     <w:rsid w:val="004C1BF0"/>
     <w:rsid w:val="004C4934"/>
     <w:rsid w:val="004E4BD4"/>
     <w:rsid w:val="004F0340"/>
     <w:rsid w:val="005034A0"/>
     <w:rsid w:val="00515C70"/>
     <w:rsid w:val="00531637"/>
     <w:rsid w:val="00533C66"/>
     <w:rsid w:val="00555733"/>
     <w:rsid w:val="0057271F"/>
     <w:rsid w:val="005A37C7"/>
     <w:rsid w:val="005C5EAE"/>
     <w:rsid w:val="00603475"/>
     <w:rsid w:val="006070F6"/>
     <w:rsid w:val="00617ADC"/>
     <w:rsid w:val="0062737E"/>
     <w:rsid w:val="00672ECA"/>
     <w:rsid w:val="00684EB8"/>
     <w:rsid w:val="006A2010"/>
     <w:rsid w:val="006A4CEB"/>
     <w:rsid w:val="006C348E"/>
     <w:rsid w:val="006C673D"/>
     <w:rsid w:val="006E0C9A"/>
+    <w:rsid w:val="00702583"/>
     <w:rsid w:val="00726C71"/>
     <w:rsid w:val="00734914"/>
     <w:rsid w:val="00742D82"/>
     <w:rsid w:val="00751A28"/>
     <w:rsid w:val="00771008"/>
     <w:rsid w:val="007749AF"/>
     <w:rsid w:val="00794956"/>
     <w:rsid w:val="007E3864"/>
     <w:rsid w:val="00820424"/>
     <w:rsid w:val="0082234E"/>
     <w:rsid w:val="00825FFB"/>
     <w:rsid w:val="00846B3F"/>
     <w:rsid w:val="00851769"/>
     <w:rsid w:val="00860ED2"/>
     <w:rsid w:val="00863848"/>
     <w:rsid w:val="00874F88"/>
     <w:rsid w:val="0088089C"/>
     <w:rsid w:val="00887A50"/>
     <w:rsid w:val="008A1344"/>
     <w:rsid w:val="008B7EA5"/>
     <w:rsid w:val="008C2227"/>
     <w:rsid w:val="008D1E23"/>
     <w:rsid w:val="008E5A9B"/>
     <w:rsid w:val="008F51D5"/>
     <w:rsid w:val="008F707B"/>
@@ -5753,79 +5690,79 @@
     <w:rsid w:val="00E21F25"/>
     <w:rsid w:val="00E46FDA"/>
     <w:rsid w:val="00E56C0B"/>
     <w:rsid w:val="00E872FD"/>
     <w:rsid w:val="00EA5FB4"/>
     <w:rsid w:val="00F35029"/>
     <w:rsid w:val="00F52C99"/>
     <w:rsid w:val="00F712E0"/>
     <w:rsid w:val="00F74C72"/>
     <w:rsid w:val="00FA686B"/>
     <w:rsid w:val="00FB568E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36703F7D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BCB2D767-4100-4ECE-96E9-A6D068696057}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6067,50 +6004,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AD29A2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A748F5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -6341,51 +6283,51 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AD29A2"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007E3864"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wetransfer.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6628,67 +6570,67 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c919547c-0bc9-44df-9fc4-0e5943dcace8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e75d545f398ab7380cbc568a7e5b0561">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d92acb60c433622272c3d4f2d5573380" ns2:_="" ns3:_="">
     <xsd:import namespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <xsd:import namespace="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -6891,128 +6833,131 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B27C34E9-5532-457B-904F-6370DE8DF005}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9395CB1C-4887-4D84-8666-9C0C51AB58E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B27C34E9-5532-457B-904F-6370DE8DF005}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BF2B0C3-F045-4C0D-AEA4-2B0D5466B1E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>634</Words>
-  <Characters>3852</Characters>
+  <Words>668</Words>
+  <Characters>3814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MCIEHF Application Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>The Ergonomics Society</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4478</CharactersWithSpaces>
+  <CharactersWithSpaces>4474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCIEHF Application Form</dc:title>
   <dc:subject/>
   <dc:creator>Tina Worthy</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009CA3645515CF4E4AACFB6FAD7FDA2745</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>c46365ea-7934-4c3d-9783-e2bf3dd9baa6</vt:lpwstr>
+  </property>
 </Properties>
 </file>