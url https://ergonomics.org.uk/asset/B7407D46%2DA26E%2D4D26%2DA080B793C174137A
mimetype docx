--- v1 (2026-01-30)
+++ v2 (2026-02-22)
@@ -1,1049 +1,1066 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="1216AE12" w14:textId="77777777" w:rsidR="0062737E" w:rsidRPr="00C7204F" w:rsidRDefault="0062737E" w:rsidP="0062737E">
+    <w:p w:rsidRPr="00C7204F" w:rsidR="0062737E" w:rsidP="0062737E" w:rsidRDefault="0062737E" w14:paraId="1216AE12" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7204F">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B20A04A" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="0B20A04A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Stage 1: Preparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EB9E6C" w14:textId="1243A39C" w:rsidR="00C00319" w:rsidRPr="002B03C1" w:rsidRDefault="00112D2B" w:rsidP="004A4421">
+    <w:p w:rsidRPr="002B03C1" w:rsidR="00C00319" w:rsidP="004A4421" w:rsidRDefault="00112D2B" w14:paraId="58EB9E6C" w14:textId="1243A39C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Current or previous</w:t>
       </w:r>
-      <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00C00319">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> CIEHF members:</w:t>
       </w:r>
-      <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00C00319">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Please check and if necessary update your contact details in your CIEHF account</w:t>
       </w:r>
-      <w:r w:rsidR="008E5A9B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="008E5A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="008E5A9B" w:rsidRPr="002B03C1">
+      <w:hyperlink w:history="1" r:id="rId10">
+        <w:r w:rsidRPr="002B03C1" w:rsidR="008E5A9B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00C00319">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC83150" w14:textId="58C2A3FE" w:rsidR="004A4421" w:rsidRPr="002B03C1" w:rsidRDefault="00C00319" w:rsidP="004A4421">
+    <w:p w:rsidRPr="002B03C1" w:rsidR="004A4421" w:rsidP="004A4421" w:rsidRDefault="00C00319" w14:paraId="5BC83150" w14:textId="58C2A3FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Non-CIEHF members:</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please create an account on our website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ou don’t have to join</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as a member prior to your application, </w:t>
       </w:r>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">please </w:t>
       </w:r>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">enter your </w:t>
       </w:r>
-      <w:r w:rsidR="008E5A9B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="008E5A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">full </w:t>
       </w:r>
-      <w:r w:rsidR="004A4421" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="004A4421">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">contact details. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6417D0" w14:textId="77777777" w:rsidR="006A4CEB" w:rsidRPr="002B03C1" w:rsidRDefault="006A4CEB" w:rsidP="004A4421">
+    <w:p w:rsidRPr="002B03C1" w:rsidR="006A4CEB" w:rsidP="004A4421" w:rsidRDefault="006A4CEB" w14:paraId="0F6417D0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA9B5C8" w14:textId="56F9BED4" w:rsidR="00860ED2" w:rsidRDefault="00860ED2" w:rsidP="004A4421">
+    <w:p w:rsidR="00860ED2" w:rsidP="004A4421" w:rsidRDefault="00860ED2" w14:paraId="6FA9B5C8" w14:textId="56F9BED4">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>user name</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> is the email address you </w:t>
       </w:r>
-      <w:r w:rsidR="00063C55" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00063C55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">use to </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>log in to our website</w:t>
       </w:r>
-      <w:r w:rsidR="00063C55" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00063C55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A18BE81" w14:textId="77777777" w:rsidR="004A4421" w:rsidRDefault="004A4421" w:rsidP="004A4421">
+    <w:p w:rsidR="004A4421" w:rsidP="004A4421" w:rsidRDefault="004A4421" w14:paraId="2A18BE81" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="6706"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="0AFD4364" w14:textId="77777777" w:rsidTr="00063C55">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="0063441F" w14:paraId="0AFD4364" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB1EFC0" w14:textId="43F4A85A" w:rsidR="00407D94" w:rsidRPr="003A6F12" w:rsidRDefault="00617ADC" w:rsidP="00846B3F">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w:rsidRPr="003A6F12" w:rsidR="00407D94" w:rsidP="0063441F" w:rsidRDefault="00617ADC" w14:paraId="7DB1EFC0" w14:textId="43F4A85A" w14:noSpellErr="1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B03C1">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0063441F" w:rsidR="00617ADC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Your </w:t>
             </w:r>
-            <w:r w:rsidR="00846B3F" w:rsidRPr="002B03C1">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0063441F" w:rsidR="00846B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
               </w:rPr>
               <w:t>full name</w:t>
             </w:r>
-            <w:r w:rsidR="00846B3F" w:rsidRPr="003A6F12">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0063441F" w:rsidR="00846B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
                 <w:color w:val="auto"/>
-                <w:szCs w:val="22"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4793C9" w14:textId="05DD2198" w:rsidR="00407D94" w:rsidRPr="006A2010" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+          <w:p w:rsidRPr="006A2010" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="2E4793C9" w14:textId="05DD2198">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00846B3F" w:rsidRPr="00AD29A2" w14:paraId="1F007AC9" w14:textId="77777777" w:rsidTr="00063C55">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00846B3F" w:rsidTr="0063441F" w14:paraId="1F007AC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C24F9B2" w14:textId="26B3DBDD" w:rsidR="00846B3F" w:rsidRPr="003A6F12" w:rsidRDefault="00846B3F" w:rsidP="00846B3F">
+          <w:p w:rsidRPr="003A6F12" w:rsidR="00846B3F" w:rsidP="00846B3F" w:rsidRDefault="00846B3F" w14:paraId="3C24F9B2" w14:textId="26B3DBDD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B03C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Your CIEHF user name (preferred email address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718BE5EC" w14:textId="77777777" w:rsidR="00846B3F" w:rsidRDefault="00846B3F" w:rsidP="00A834D9">
+          <w:p w:rsidR="00846B3F" w:rsidP="00A834D9" w:rsidRDefault="00846B3F" w14:paraId="718BE5EC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="6D10EDD8" w14:textId="77777777" w:rsidTr="00063C55">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="0063441F" w14:paraId="6D10EDD8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="310EFDBD" w14:textId="3563643B" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="310EFDBD" w14:textId="3563643B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Are you currently a member of the CIEHF? If so</w:t>
             </w:r>
             <w:r w:rsidR="007E3864">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> what grade?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="27290E28" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="27290E28" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D816517" w14:textId="7E5F9BDC" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="3D816517" w14:textId="7E5F9BDC">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4247CA26" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00617ADC" w:rsidRDefault="00407D94" w:rsidP="00617ADC">
+    <w:p w:rsidRPr="00617ADC" w:rsidR="00407D94" w:rsidP="00617ADC" w:rsidRDefault="00407D94" w14:paraId="4247CA26" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617ADC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Qualifications</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9962" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2490"/>
         <w:gridCol w:w="3884"/>
         <w:gridCol w:w="1097"/>
         <w:gridCol w:w="2491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="3F8694E3" w14:textId="77777777" w:rsidTr="00A834D9">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="00A834D9" w14:paraId="3F8694E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5722DD88" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="5722DD88" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F99A06A" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="6F99A06A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="73AC05EE" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="73AC05EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="296C6C61" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="296C6C61" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University/Institute</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="47145F3F" w14:textId="77777777" w:rsidTr="0062737E">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="0062737E" w14:paraId="47145F3F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="290AA587" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="290AA587" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="187CF673" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="187CF673" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0D075B6B" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="0D075B6B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6E4ACFD7" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="6E4ACFD7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="0A449F99" w14:textId="77777777" w:rsidTr="0062737E">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="0062737E" w14:paraId="0A449F99" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7396BC57" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="7396BC57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="78C4483E" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="78C4483E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1D146F6E" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="1D146F6E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3403A102" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="3403A102" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00407D94" w:rsidRPr="00AD29A2" w14:paraId="47680434" w14:textId="77777777" w:rsidTr="0062737E">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidTr="0062737E" w14:paraId="47680434" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="05AB6A35" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="05AB6A35" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1C161A85" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="1C161A85" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="17041AB0" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="17041AB0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="13809886" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00A834D9">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00A834D9" w:rsidRDefault="00407D94" w14:paraId="13809886" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C760937" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="002637F3" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidRPr="002637F3" w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="7C760937" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Current work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574C8A60" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00DB70D6" w:rsidRDefault="005034A0" w:rsidP="005034A0">
+    <w:p w:rsidRPr="00DB70D6" w:rsidR="005034A0" w:rsidP="005034A0" w:rsidRDefault="005034A0" w14:paraId="574C8A60" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB70D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">provide details of your current work. Previous employment should be outlined in your accompanying CV. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E656768" w14:textId="77777777" w:rsidR="005034A0" w:rsidRDefault="005034A0" w:rsidP="005034A0">
+    <w:p w:rsidR="005034A0" w:rsidP="005034A0" w:rsidRDefault="005034A0" w14:paraId="2E656768" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="4FCA00E0" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="4FCA00E0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="033CD528" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="033CD528" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ob title and employment status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="6BEDD1DD" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="6BEDD1DD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="139064B3" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="139064B3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2573F0E9" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="2573F0E9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="1299F4C0" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="1299F4C0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="1D990678" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="1D990678" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Current employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="07ED9D08" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="07ED9D08" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="374F2458" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="374F2458" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72321F74" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="72321F74" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="206F6FD0" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="206F6FD0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="41ADE0FF" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="41ADE0FF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Work activities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="469D6D1B" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="469D6D1B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please indicate your </w:t>
             </w:r>
             <w:r w:rsidR="00D21E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>main</w:t>
             </w:r>
             <w:r w:rsidR="008A1344">
@@ -1059,3060 +1076,3268 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> activities</w:t>
             </w:r>
             <w:r w:rsidR="008A1344">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and responsibilities and anything else you do as part of your job</w:t>
             </w:r>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005034A0" w:rsidRPr="00C33687" w14:paraId="31185CC5" w14:textId="77777777" w:rsidTr="0093353B">
+      <w:tr w:rsidRPr="00C33687" w:rsidR="005034A0" w:rsidTr="0093353B" w14:paraId="31185CC5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6E215195" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="6E215195" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F43A4DD" w14:textId="77777777" w:rsidR="005034A0" w:rsidRPr="00894567" w:rsidRDefault="005034A0" w:rsidP="0093353B">
+          <w:p w:rsidRPr="00894567" w:rsidR="005034A0" w:rsidP="0093353B" w:rsidRDefault="005034A0" w14:paraId="0F43A4DD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EABCB09" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRDefault="008F51D5" w:rsidP="008F51D5">
+    <w:p w:rsidR="008F51D5" w:rsidP="008F51D5" w:rsidRDefault="008F51D5" w14:paraId="0EABCB09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D1F5A20" w14:textId="77777777" w:rsidR="00C00319" w:rsidRDefault="00C00319" w:rsidP="00820424">
+    <w:p w:rsidR="00C00319" w:rsidP="00820424" w:rsidRDefault="00C00319" w14:paraId="7D1F5A20" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36D170F1" w14:textId="77777777" w:rsidR="00C00319" w:rsidRDefault="00C00319" w:rsidP="00820424">
+    <w:p w:rsidR="00C00319" w:rsidP="00820424" w:rsidRDefault="00C00319" w14:paraId="36D170F1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F98C719" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="00820424">
+    <w:p w:rsidR="00820424" w:rsidP="00820424" w:rsidRDefault="00820424" w14:paraId="6F98C719" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>CPD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531AF813" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="00820424">
+    <w:p w:rsidR="00820424" w:rsidP="00820424" w:rsidRDefault="00820424" w14:paraId="531AF813" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820424">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Please provide a CPD record. You should provide 5 entries that cover a 12 month period immediately prior to the date of this application. The entries should demonstrate how you are continuing to develop and learn and should detail activities that are not covered in your log book</w:t>
       </w:r>
       <w:r w:rsidR="00742D82">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>, including</w:t>
       </w:r>
-      <w:r w:rsidR="00742D82" w:rsidRPr="00894567">
+      <w:r w:rsidRPr="00894567" w:rsidR="00742D82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> other relevant activities such as Institute posts, volunteering, presentations, sector or working group membership.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CABE39E" w14:textId="77777777" w:rsidR="00771008" w:rsidRPr="00820424" w:rsidRDefault="00771008" w:rsidP="00771008">
+    <w:p w:rsidRPr="00820424" w:rsidR="00771008" w:rsidP="00771008" w:rsidRDefault="00771008" w14:paraId="4CABE39E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The description should </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01C71">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">detail </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01C71">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>what you did, reflect on what you learnt and comment on how it improved you professionally, either by adding to your set of competencies or increasing your level of proficiency.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794801C2" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="00820424">
+    <w:p w:rsidR="00820424" w:rsidP="00820424" w:rsidRDefault="00820424" w14:paraId="794801C2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820424">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">You must also include a Forward Plan </w:t>
       </w:r>
       <w:r w:rsidR="00742D82">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00820424">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 activities showing how you </w:t>
       </w:r>
       <w:r w:rsidR="00742D82">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>intend</w:t>
       </w:r>
       <w:r w:rsidRPr="00820424">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to maintain and develop your competencies over the coming year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557EA4B4" w14:textId="71F6F5D9" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="00B07B6B">
+    <w:p w:rsidR="00820424" w:rsidP="00B07B6B" w:rsidRDefault="00820424" w14:paraId="557EA4B4" w14:textId="71F6F5D9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete your CPD record online, by logging into your </w:t>
       </w:r>
-      <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00C00319">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>CIEHF</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> account</w:t>
       </w:r>
-      <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (in MyAccount&gt;</w:t>
+        <w:t xml:space="preserve"> (in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>MyAccount</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>MyCPD</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00C00319" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00C00319">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Once complete, export the record and include with this application.</w:t>
       </w:r>
-      <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Alternatively, </w:t>
       </w:r>
-      <w:r w:rsidR="003A6F12" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="003A6F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">you may </w:t>
       </w:r>
-      <w:r w:rsidR="00B07B6B" w:rsidRPr="002B03C1">
+      <w:r w:rsidRPr="002B03C1" w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>choose to complete this table below.</w:t>
       </w:r>
       <w:r w:rsidR="00B07B6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76817430" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00742D82" w:rsidRDefault="00820424" w:rsidP="00742D82">
+    <w:p w:rsidRPr="00742D82" w:rsidR="00820424" w:rsidP="00742D82" w:rsidRDefault="00820424" w14:paraId="76817430" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00742D82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Current CPD Activities</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9891" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="4651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="665A4797" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidTr="00742D82" w14:paraId="665A4797" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5F535DBB" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="0062737E" w:rsidRDefault="00820424" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="5F535DBB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3FB85C" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="0062737E" w:rsidRDefault="00820424" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="1C3FB85C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="53906AB3" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="0062737E" w:rsidRDefault="00820424" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="53906AB3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="1EE583B6" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidTr="00742D82" w14:paraId="1EE583B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="307961A5" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="307961A5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="3BA3BF19" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="3BA3BF19" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="13E6F8DA" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="13E6F8DA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="793BC752" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidTr="00742D82" w14:paraId="793BC752" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="65FA9FA7" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="65FA9FA7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5ACBAEE5" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="5ACBAEE5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5301703D" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="5301703D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00820424" w:rsidRPr="00AD29A2" w14:paraId="1D6BB76C" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidTr="00742D82" w14:paraId="1D6BB76C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="055A9BF7" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="055A9BF7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="001DF9EC" w14:textId="77777777" w:rsidR="00820424" w:rsidRPr="00AD29A2" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="001DF9EC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="19098623" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00820424" w:rsidP="002A3908" w:rsidRDefault="00820424" w14:paraId="19098623" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="24054772" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="24054772" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="48686FC0" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="48686FC0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6993E9AC" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="6993E9AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6A784BEA" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="6A784BEA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="562E169C" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="562E169C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7992A86B" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="7992A86B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0A540011" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="0A540011" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="539354EE" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="539354EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41264AF2" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00742D82" w:rsidRDefault="00742D82" w:rsidP="00742D82">
+    <w:p w:rsidRPr="00742D82" w:rsidR="00742D82" w:rsidP="00742D82" w:rsidRDefault="00742D82" w14:paraId="41264AF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Forward Plan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9891" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="4651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="29B6FB4B" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="29B6FB4B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7515EB72" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="0062737E" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="7515EB72" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="64F663D5" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="0062737E" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="64F663D5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5B60C01D" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="0062737E" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+          <w:p w:rsidRPr="0062737E" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="5B60C01D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="5AF8EBFB" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="5AF8EBFB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6BD32F28" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="6BD32F28" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1FC4F33D" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="1FC4F33D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="61B43F9A" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="61B43F9A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="3D2904BE" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="3D2904BE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1A81F1C0" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="1A81F1C0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="06240601" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="06240601" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2F071122" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="2F071122" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742D82" w:rsidRPr="00AD29A2" w14:paraId="0D4A8373" w14:textId="77777777" w:rsidTr="00742D82">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidTr="00742D82" w14:paraId="0D4A8373" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="69A7BA1F" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="69A7BA1F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="629C33F1" w14:textId="77777777" w:rsidR="00742D82" w:rsidRPr="00AD29A2" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="629C33F1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1D8187FC" w14:textId="77777777" w:rsidR="00742D82" w:rsidRDefault="00742D82" w:rsidP="002A3908">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742D82" w:rsidP="002A3908" w:rsidRDefault="00742D82" w14:paraId="1D8187FC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EA18F64" w14:textId="77777777" w:rsidR="00820424" w:rsidRDefault="00820424" w:rsidP="008F51D5">
+    <w:p w:rsidR="00820424" w:rsidP="008F51D5" w:rsidRDefault="00820424" w14:paraId="7EA18F64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1706ED83" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="002637F3" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidRPr="002637F3" w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="1706ED83" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Stage 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Assessment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD26991" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00C91D1B" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidRPr="00C91D1B" w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="7FD26991" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C91D1B">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referees and Mentor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5C58D9" w14:textId="76EC7D50" w:rsidR="008E5A9B" w:rsidRDefault="00F35029" w:rsidP="008E5A9B">
+    <w:p w:rsidR="008E5A9B" w:rsidP="008E5A9B" w:rsidRDefault="00F35029" w14:paraId="2E5C58D9" w14:textId="76EC7D50">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please contact you</w:t>
       </w:r>
       <w:r w:rsidR="00005716">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> referees and mentor (if applicable) and ask them to ema</w:t>
       </w:r>
       <w:r w:rsidR="008E5A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">il their reports directly to  </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="003A6F12" w:rsidRPr="00064326">
+        <w:t xml:space="preserve">il their reports directly to </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_GoBack" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="008E5A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00064326" w:rsidR="003A6F12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>membership@ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A887543" w14:textId="77777777" w:rsidR="003A6F12" w:rsidRPr="007E3864" w:rsidRDefault="003A6F12" w:rsidP="008E5A9B">
+    <w:p w:rsidRPr="007E3864" w:rsidR="003A6F12" w:rsidP="008E5A9B" w:rsidRDefault="003A6F12" w14:paraId="2A887543" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="287DB3EF" w14:textId="77777777" w:rsidR="00F35029" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="287DB3EF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="796C9D81" w14:textId="77777777" w:rsidR="00F35029" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="796C9D81" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Please indicate if you are applying via the mentored, or non-mentored route:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E35B38" w14:textId="77777777" w:rsidR="00F35029" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="56E35B38" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9962" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2490"/>
         <w:gridCol w:w="2491"/>
         <w:gridCol w:w="2490"/>
         <w:gridCol w:w="2491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="4EEF6FD1" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="00311028" w14:paraId="4EEF6FD1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2F48D6" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="6B2F48D6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mentored</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="100A1D40" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="100A1D40" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F10DC1D" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="6F10DC1D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Non-mentored</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D949C1" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="74D949C1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52A184C2" w14:textId="77777777" w:rsidR="00F35029" w:rsidRDefault="00F35029" w:rsidP="00F35029">
+    <w:p w:rsidR="00F35029" w:rsidP="00F35029" w:rsidRDefault="00F35029" w14:paraId="52A184C2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2269"/>
-        <w:gridCol w:w="1128"/>
+        <w:gridCol w:w="2655"/>
+        <w:gridCol w:w="742"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="4F74E004" w14:textId="77777777" w:rsidTr="00311028">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="4F74E004" w14:textId="77777777">
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="196EEC88" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00894567" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00894567" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="196EEC88" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Referee 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="032328FA" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="032328FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="51C2E5A6" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="51C2E5A6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="3CF0F63C" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="3CF0F63C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3864" w:rsidRPr="00AD29A2" w14:paraId="4F588266" w14:textId="77777777" w:rsidTr="007E3864">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidTr="4CD4D57B" w14:paraId="4F588266" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="3BA31254" w14:textId="3A8296A2" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="3BA31254" w14:textId="3A8296A2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIEHF Registered Member or Fellow?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A02E6DF" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="7A02E6DF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="5C5FE85B" w14:textId="0154D039" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="5C5FE85B" w14:textId="0154D039">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If no, equivalent </w:t>
             </w:r>
             <w:r w:rsidR="00E137DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>membership of another organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6661C1E6" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="6661C1E6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="13BCC499" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="13BCC499" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="128"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="76E7B5BD" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="76E7B5BD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="32341956" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="32341956" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="0EA45984" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="0EA45984" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="128"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="4BCED894" w14:textId="71503E93" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="007E3864" w14:paraId="4BCED894" w14:textId="71503E93">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="59578C0B" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="59578C0B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="04D0D34A" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="04D0D34A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="213"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="520AD66C" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00894567" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00894567" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="520AD66C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Referee 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="1C080806" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="1C080806" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="95"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="5A46807E" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="5A46807E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="5DBC4DF8" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="5DBC4DF8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3864" w:rsidRPr="00AD29A2" w14:paraId="56FE4951" w14:textId="77777777" w:rsidTr="007A32AE">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidTr="4CD4D57B" w14:paraId="56FE4951" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="78ED5AF9" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="78ED5AF9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIEHF Registered Member or Fellow?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="44C7F060" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="44C7F060" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="455D7EB2" w14:textId="68CF588B" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="455D7EB2" w14:textId="68CF588B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If no, equivalent </w:t>
             </w:r>
             <w:r w:rsidR="00E137DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>membership of another organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2ED25B1E" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="2ED25B1E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="350B425A" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="350B425A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="71"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="7B289B5A" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="7B289B5A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="5FDCCF58" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="5FDCCF58" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="6D9352A5" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="6D9352A5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="61"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="0BFD594E" w14:textId="15D445ED" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="007E3864" w14:paraId="0BFD594E" w14:textId="15D445ED">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="1157BA50" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="1157BA50" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="0AAC9BCC" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="0AAC9BCC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="281"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="47D67E00" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00894567" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00894567" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="47D67E00" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Referee 3 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB7BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(for non-mentored route)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="088867DB" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="088867DB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="1AE193C3" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="1AE193C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="5AEE7196" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="5AEE7196" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3864" w:rsidRPr="00AD29A2" w14:paraId="569F1900" w14:textId="77777777" w:rsidTr="007A32AE">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidTr="4CD4D57B" w14:paraId="569F1900" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="744F83D6" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="744F83D6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIEHF Registered Member or Fellow?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="298199A9" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="298199A9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="6BF0B80A" w14:textId="65612B76" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="6BF0B80A" w14:textId="65612B76">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If no, equivalent </w:t>
             </w:r>
             <w:r w:rsidR="00E137DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>membership of another organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0CD15B0F" w14:textId="77777777" w:rsidR="007E3864" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="007A32AE">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="007E3864" w:rsidP="007A32AE" w:rsidRDefault="007E3864" w14:paraId="0CD15B0F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="60DFCBE6" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="60DFCBE6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="7404E04C" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="7404E04C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="7A1DB619" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="7A1DB619" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="5FB650E0" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="5FB650E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="049E2946" w14:textId="0C7B4E17" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="007E3864" w14:paraId="049E2946" w14:textId="0C7B4E17">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="42A2196D" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="42A2196D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00894567" w14:paraId="4DAFA2A9" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00894567" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="4DAFA2A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="281"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="704978E3" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00894567" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00894567" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="704978E3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mentor</w:t>
             </w:r>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB7BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(for mentored route)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="28115D0E" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="28115D0E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="66001385" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="66001385" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="2BF9C543" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="2BF9C543" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="58FD9435" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="58FD9435" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="3D2BA107" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="3D2BA107" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-          <w:p w14:paraId="4DCD5332" w14:textId="77777777" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="00F35029" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="4DCD5332" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35029" w:rsidRPr="00AD29A2" w14:paraId="7D892800" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidTr="4CD4D57B" w14:paraId="7D892800" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="58"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-          <w:p w14:paraId="132B9670" w14:textId="7C43DC63" w:rsidR="00F35029" w:rsidRPr="00AD29A2" w:rsidRDefault="007E3864" w:rsidP="00311028">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="007E3864" w14:paraId="132B9670" w14:textId="7C43DC63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7649" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00AD29A2" w:rsidR="00F35029" w:rsidP="00311028" w:rsidRDefault="00F35029" w14:paraId="0A3710B8" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4CD4D57B" w:rsidTr="4CD4D57B" w14:paraId="099CD82F">
+        <w:trPr>
+          <w:trHeight w:val="58"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7E14A035" w:rsidP="4CD4D57B" w:rsidRDefault="7E14A035" w14:paraId="1B12DCEC" w14:textId="6221A63E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4CD4D57B" w:rsidR="7E14A035">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+              <w:t>Period of mentorship (approximate dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7263" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="4CD4D57B" w:rsidP="4CD4D57B" w:rsidRDefault="4CD4D57B" w14:paraId="6BCE841B" w14:textId="2ACAB6F9">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4CD4D57B" w:rsidTr="4CD4D57B" w14:paraId="53576E68">
+        <w:trPr>
+          <w:trHeight w:val="58"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7E14A035" w:rsidP="4CD4D57B" w:rsidRDefault="7E14A035" w14:paraId="0BC7895B" w14:textId="5F10E9E6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4CD4D57B" w:rsidR="7E14A035">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+              <w:t>Total n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4CD4D57B" w:rsidR="3363E844">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+              <w:t>umber</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4CD4D57B" w:rsidR="7E14A035">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of days mentored</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7263" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="4CD4D57B" w:rsidP="4CD4D57B" w:rsidRDefault="4CD4D57B" w14:paraId="750D8FEC" w14:textId="5DDA3028">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="4CD4D57B" w:rsidTr="4CD4D57B" w14:paraId="16501EFC">
+        <w:trPr>
+          <w:trHeight w:val="58"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="7E14A035" w:rsidP="4CD4D57B" w:rsidRDefault="7E14A035" w14:paraId="13CA0A00" w14:textId="210868DB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4CD4D57B" w:rsidR="7E14A035">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
+              </w:rPr>
+              <w:t>Workplace where mentorship took place</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7263" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="4CD4D57B" w:rsidP="4CD4D57B" w:rsidRDefault="4CD4D57B" w14:paraId="1995D357" w14:textId="0ED72665">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11D07AF1" w14:textId="77777777" w:rsidR="005034A0" w:rsidRDefault="005034A0" w:rsidP="008F51D5">
+    <w:p w:rsidR="005034A0" w:rsidP="008F51D5" w:rsidRDefault="005034A0" w14:paraId="11D07AF1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06093B9B" w14:textId="77777777" w:rsidR="00AD29A2" w:rsidRPr="00617ADC" w:rsidRDefault="00AD29A2" w:rsidP="00617ADC">
+    <w:p w:rsidRPr="00617ADC" w:rsidR="00AD29A2" w:rsidP="00617ADC" w:rsidRDefault="00AD29A2" w14:paraId="06093B9B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617ADC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B406ACC" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="2B406ACC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>By signing this application I declare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614DE481" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="614DE481" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04442540" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="04442540" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I will comply with the regulations of the Institute.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4555A971" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="4555A971" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I will uphold and abide by the Institute’s</w:t>
       </w:r>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00617ADC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Code of Professional Conduct</w:t>
       </w:r>
       <w:r w:rsidR="00617ADC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02523FCD" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="02523FCD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I will maintain and develop my professional competence, and </w:t>
       </w:r>
       <w:r w:rsidR="00742D82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">record </w:t>
       </w:r>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>my Continuing Professional Development as required by the Institute.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28665698" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="28665698" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I will not bring the Institute, or profession of ergonomics and human factors, into disrepute.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7914C4C2" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="7914C4C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">That the whole of the information contained in this application and supporting documentation is true, accurate and complete to the best of my knowledge and belief. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBBB864" w14:textId="77777777" w:rsidR="003A6F12" w:rsidRDefault="003A6F12" w:rsidP="00407D94">
+    <w:p w:rsidR="003A6F12" w:rsidP="00407D94" w:rsidRDefault="003A6F12" w14:paraId="2DBBB864" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="159D9FDC" w14:textId="77777777" w:rsidR="003A6F12" w:rsidRDefault="003A6F12" w:rsidP="00407D94">
+    <w:p w:rsidR="003A6F12" w:rsidP="00407D94" w:rsidRDefault="003A6F12" w14:paraId="159D9FDC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CCD3885" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="2CCD3885" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I confirm:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FE0B79" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="57FE0B79" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="480B13E6" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="480B13E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I am not, and have never been, the subject of a finding of professional misconduct against me by any professional body</w:t>
       </w:r>
       <w:r w:rsidR="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C072A74" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="6C072A74" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I have never been convicted of a criminal offence (other than minor motoring offences)</w:t>
       </w:r>
       <w:r w:rsidR="0062737E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F4A46A" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="69F4A46A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062737E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I undertake to pay the application fee and the Institute’s annual subscription fee. I understand that my acceptance as a member is conditional on the above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69547582" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="0062737E" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="0062737E" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="69547582" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="682CF7DB" w14:textId="6ACB1FF6" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="682CF7DB" w14:textId="6ACB1FF6">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="007E3864">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sign or add your </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>digital signature with the date below</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202D8186" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="202D8186" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CCEB9EA" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="0CCEB9EA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD29A2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BEFD61" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="71BEFD61" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="470B54FE" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="470B54FE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18C87DB3" w14:textId="77777777" w:rsidR="00407D94" w:rsidRPr="00AD29A2" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidRPr="00AD29A2" w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="18C87DB3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD29A2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8B054E" w14:textId="77777777" w:rsidR="00407D94" w:rsidRDefault="00407D94" w:rsidP="00407D94">
+    <w:p w:rsidR="00407D94" w:rsidP="00407D94" w:rsidRDefault="00407D94" w14:paraId="5E8B054E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="165773E7" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="002637F3" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidRPr="002637F3" w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="165773E7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Final check</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34063458" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="34063458" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE2F93">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please complete this table to ensure you have included all the necessary documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D12DC1F" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="6D12DC1F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:top w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7225"/>
         <w:gridCol w:w="2737"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w14:paraId="6C9E6887" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="6C9E6887" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="07938E65" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="07938E65" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Documents</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE2F93">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to include in your application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="42CA795B" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="42CA795B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes = included</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617ADC" w14:paraId="4A92DB9E" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="4A92DB9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="141D0665" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="004A7100" w:rsidP="00311028">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="004A7100" w14:paraId="141D0665" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional C</w:t>
             </w:r>
             <w:r w:rsidR="00005716">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ompetency C</w:t>
             </w:r>
-            <w:r w:rsidR="00617ADC" w:rsidRPr="00EE2F93">
+            <w:r w:rsidRPr="00EE2F93" w:rsidR="00617ADC">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hecklist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="388B1434" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="388B1434" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617ADC" w14:paraId="65D40BEB" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="65D40BEB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F00163C" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="7F00163C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Log book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4161F3D5" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="4161F3D5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617ADC" w14:paraId="21D3F7E3" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="21D3F7E3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12DA1289" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="12DA1289" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F93">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supporting evidence such as reports or publications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5305D547" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="5305D547" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617ADC" w14:paraId="743AB918" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="743AB918" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD972F0" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRPr="00EE2F93" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidRPr="00EE2F93" w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="5BD972F0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F93">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualification certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="401B5939" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="401B5939" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00617ADC" w14:paraId="66E25A1E" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00617ADC" w:rsidTr="00311028" w14:paraId="66E25A1E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDBC250" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00742D82">
+          <w:p w:rsidR="00617ADC" w:rsidP="00742D82" w:rsidRDefault="00617ADC" w14:paraId="0BDBC250" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BA1C75" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00311028">
+          <w:p w:rsidR="00617ADC" w:rsidP="00311028" w:rsidRDefault="00617ADC" w14:paraId="08BA1C75" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA686B" w14:paraId="7E57F7D7" w14:textId="77777777" w:rsidTr="00311028">
+      <w:tr w:rsidR="00FA686B" w:rsidTr="00311028" w14:paraId="7E57F7D7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225C14BF" w14:textId="529BC7B9" w:rsidR="00FA686B" w:rsidRDefault="00FA686B" w:rsidP="00742D82">
+          <w:p w:rsidR="00FA686B" w:rsidP="00742D82" w:rsidRDefault="00FA686B" w14:paraId="225C14BF" w14:textId="529BC7B9">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Current CV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4194A3AD" w14:textId="77777777" w:rsidR="00FA686B" w:rsidRDefault="00FA686B" w:rsidP="00311028">
+          <w:p w:rsidR="00FA686B" w:rsidP="00311028" w:rsidRDefault="00FA686B" w14:paraId="4194A3AD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14A811C9" w14:textId="77777777" w:rsidR="00617ADC" w:rsidRDefault="00617ADC" w:rsidP="00617ADC">
+    <w:p w:rsidR="00617ADC" w:rsidP="00617ADC" w:rsidRDefault="00617ADC" w14:paraId="14A811C9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EBEFA2E" w14:textId="7A45661A" w:rsidR="00AD29A2" w:rsidRPr="007E3864" w:rsidRDefault="00617ADC" w:rsidP="00AD29A2">
+    <w:p w:rsidRPr="007E3864" w:rsidR="00AD29A2" w:rsidP="00AD29A2" w:rsidRDefault="00617ADC" w14:paraId="0EBEFA2E" w14:textId="7A45661A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00450ACA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">send </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>this application form and these documents</w:t>
       </w:r>
       <w:r w:rsidR="00450ACA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> via WeTransfer (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="007E3864" w:rsidRPr="004531ED">
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="004531ED" w:rsidR="007E3864">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://wetransfer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E3864">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00725D24">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>membership@ergonomics.org.uk</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AD29A2" w:rsidRPr="007E3864" w:rsidSect="00005716">
+    <w:sectPr w:rsidRPr="007E3864" w:rsidR="00AD29A2" w:rsidSect="00005716">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="851" w:left="1134" w:header="850" w:footer="850" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7026F084" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
+    <w:p w:rsidR="00D871B8" w:rsidP="00751A28" w:rsidRDefault="00D871B8" w14:paraId="7026F084" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D37F8B4" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
+    <w:p w:rsidR="00D871B8" w:rsidP="00751A28" w:rsidRDefault="00D871B8" w14:paraId="2D37F8B4" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:id w:val="-243184788"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
+      <w:rPr>
+        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeTint="FF" w:themeShade="A6"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="38ED853E" w14:textId="495A188D" w:rsidR="00E46FDA" w:rsidRPr="00005716" w:rsidRDefault="00005716" w:rsidP="00005716">
+      <w:p w:rsidRPr="00005716" w:rsidR="00E46FDA" w:rsidP="00005716" w:rsidRDefault="00005716" w14:paraId="38ED853E" w14:textId="495A188D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
-            <w:top w:val="single" w:sz="4" w:space="1" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:top w:val="single" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:sz="4" w:space="1"/>
           </w:pBdr>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4513"/>
             <w:tab w:val="clear" w:pos="9026"/>
             <w:tab w:val="right" w:pos="9923"/>
           </w:tabs>
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00005716">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">CIEHF/Membership/Registered Member </w:t>
         </w:r>
         <w:r w:rsidR="00742D82">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -4134,123 +4359,123 @@
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> 0</w:t>
         </w:r>
         <w:r w:rsidR="00C00319">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>92</w:t>
         </w:r>
         <w:r w:rsidR="00D871A1">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00726C71" w:rsidRPr="00005716">
+        <w:r w:rsidRPr="00005716" w:rsidR="00726C71">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00E46FDA" w:rsidRPr="00005716">
+        <w:r w:rsidRPr="00005716" w:rsidR="00E46FDA">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00E46FDA" w:rsidRPr="00005716">
+        <w:r w:rsidRPr="00005716" w:rsidR="00E46FDA">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="00E46FDA" w:rsidRPr="00005716">
+        <w:r w:rsidRPr="00005716" w:rsidR="00E46FDA">
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00825FFB">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00E46FDA" w:rsidRPr="00005716">
+        <w:r w:rsidRPr="00005716" w:rsidR="00E46FDA">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79703F21" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
+    <w:p w:rsidR="00D871B8" w:rsidP="00751A28" w:rsidRDefault="00D871B8" w14:paraId="79703F21" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5101A361" w14:textId="77777777" w:rsidR="00D871B8" w:rsidRDefault="00D871B8" w:rsidP="00751A28">
+    <w:p w:rsidR="00D871B8" w:rsidP="00751A28" w:rsidRDefault="00D871B8" w14:paraId="5101A361" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1142AFF2" w14:textId="54AF5291" w:rsidR="00FB568E" w:rsidRPr="00751A28" w:rsidRDefault="00FB568E" w:rsidP="00FB568E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidRPr="00751A28" w:rsidR="00FB568E" w:rsidP="00FB568E" w:rsidRDefault="00FB568E" w14:paraId="1142AFF2" w14:textId="54AF5291">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CD87094" wp14:editId="36638CD2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
@@ -4307,1097 +4532,1097 @@
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Membership</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> A</w:t>
     </w:r>
     <w:r w:rsidRPr="00751A28">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>pplication</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="46649C99" w14:textId="3BE1E820" w:rsidR="00FB568E" w:rsidRDefault="00FB568E" w:rsidP="00FB568E">
+  <w:p w:rsidR="00FB568E" w:rsidP="00FB568E" w:rsidRDefault="00FB568E" w14:paraId="46649C99" w14:textId="3BE1E820">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:b/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Registered Member</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="06DAE236" w14:textId="59EDFB42" w:rsidR="00751A28" w:rsidRPr="00FB568E" w:rsidRDefault="00751A28" w:rsidP="00FB568E">
+  <w:p w:rsidRPr="00FB568E" w:rsidR="00751A28" w:rsidP="00FB568E" w:rsidRDefault="00751A28" w14:paraId="06DAE236" w14:textId="59EDFB42">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A0E7A58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF1C3446"/>
     <w:lvl w:ilvl="0" w:tplc="13D42002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32397578"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88022CAC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34FB39DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0B770"/>
     <w:lvl w:ilvl="0" w:tplc="4B265928">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="537B5086"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3920E97A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55987EF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98F43C7A"/>
     <w:lvl w:ilvl="0" w:tplc="13D42002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596A03BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="373E8C54"/>
     <w:lvl w:ilvl="0" w:tplc="EBE07E56">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B127ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B602710"/>
     <w:lvl w:ilvl="0" w:tplc="13D42002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A5F1E23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A224D408"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707E6583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F98FA16"/>
     <w:lvl w:ilvl="0" w:tplc="13D42002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D97516E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF3EE292"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="A.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="A.%1.%2."/>
@@ -5474,176 +5699,175 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="667561944">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="25525365">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="696078711">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="989089847">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="536430673">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="969435607">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="840434889">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="519466236">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="766653672">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="543369955">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 wp14">
+  <w:zoom w:percent="174"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B3247"/>
     <w:rsid w:val="00005716"/>
     <w:rsid w:val="000059FF"/>
     <w:rsid w:val="00005E41"/>
     <w:rsid w:val="00063C55"/>
-    <w:rsid w:val="00066695"/>
     <w:rsid w:val="000866B1"/>
     <w:rsid w:val="000D3030"/>
     <w:rsid w:val="000F6E18"/>
     <w:rsid w:val="001002C5"/>
     <w:rsid w:val="001054C7"/>
     <w:rsid w:val="00112D2B"/>
     <w:rsid w:val="00142924"/>
     <w:rsid w:val="001619A5"/>
     <w:rsid w:val="00171677"/>
     <w:rsid w:val="001D1166"/>
     <w:rsid w:val="002318C5"/>
     <w:rsid w:val="00231BE2"/>
     <w:rsid w:val="00244848"/>
     <w:rsid w:val="002B03C1"/>
     <w:rsid w:val="002B790C"/>
     <w:rsid w:val="002C5CFD"/>
     <w:rsid w:val="002C7F1E"/>
     <w:rsid w:val="002F3570"/>
     <w:rsid w:val="00336A3E"/>
     <w:rsid w:val="00372400"/>
     <w:rsid w:val="003A6F12"/>
     <w:rsid w:val="003B07B8"/>
     <w:rsid w:val="003D2143"/>
     <w:rsid w:val="00405887"/>
     <w:rsid w:val="00407D94"/>
     <w:rsid w:val="0042079C"/>
     <w:rsid w:val="00450ACA"/>
     <w:rsid w:val="00452103"/>
     <w:rsid w:val="004628E5"/>
     <w:rsid w:val="004A4421"/>
     <w:rsid w:val="004A7100"/>
     <w:rsid w:val="004B3247"/>
     <w:rsid w:val="004C1BF0"/>
     <w:rsid w:val="004C4934"/>
     <w:rsid w:val="004E4BD4"/>
     <w:rsid w:val="004F0340"/>
     <w:rsid w:val="005034A0"/>
     <w:rsid w:val="00515C70"/>
     <w:rsid w:val="00531637"/>
     <w:rsid w:val="00533C66"/>
     <w:rsid w:val="00555733"/>
     <w:rsid w:val="0057271F"/>
     <w:rsid w:val="005A37C7"/>
     <w:rsid w:val="005C5EAE"/>
     <w:rsid w:val="00603475"/>
     <w:rsid w:val="006070F6"/>
     <w:rsid w:val="00617ADC"/>
     <w:rsid w:val="0062737E"/>
+    <w:rsid w:val="0063441F"/>
     <w:rsid w:val="00672ECA"/>
     <w:rsid w:val="00684EB8"/>
     <w:rsid w:val="006A2010"/>
     <w:rsid w:val="006A4CEB"/>
     <w:rsid w:val="006C348E"/>
     <w:rsid w:val="006C673D"/>
     <w:rsid w:val="006E0C9A"/>
-    <w:rsid w:val="00702583"/>
     <w:rsid w:val="00726C71"/>
     <w:rsid w:val="00734914"/>
     <w:rsid w:val="00742D82"/>
     <w:rsid w:val="00751A28"/>
     <w:rsid w:val="00771008"/>
     <w:rsid w:val="007749AF"/>
     <w:rsid w:val="00794956"/>
     <w:rsid w:val="007E3864"/>
     <w:rsid w:val="00820424"/>
     <w:rsid w:val="0082234E"/>
     <w:rsid w:val="00825FFB"/>
     <w:rsid w:val="00846B3F"/>
     <w:rsid w:val="00851769"/>
     <w:rsid w:val="00860ED2"/>
     <w:rsid w:val="00863848"/>
     <w:rsid w:val="00874F88"/>
     <w:rsid w:val="0088089C"/>
     <w:rsid w:val="00887A50"/>
     <w:rsid w:val="008A1344"/>
     <w:rsid w:val="008B7EA5"/>
     <w:rsid w:val="008C2227"/>
     <w:rsid w:val="008D1E23"/>
     <w:rsid w:val="008E5A9B"/>
     <w:rsid w:val="008F51D5"/>
     <w:rsid w:val="008F707B"/>
@@ -5676,97 +5900,104 @@
     <w:rsid w:val="00C8546F"/>
     <w:rsid w:val="00C91D1B"/>
     <w:rsid w:val="00CA1AC4"/>
     <w:rsid w:val="00CA23CD"/>
     <w:rsid w:val="00D21E1A"/>
     <w:rsid w:val="00D60BF0"/>
     <w:rsid w:val="00D8002B"/>
     <w:rsid w:val="00D871A1"/>
     <w:rsid w:val="00D871B8"/>
     <w:rsid w:val="00DB70D6"/>
     <w:rsid w:val="00DD0695"/>
     <w:rsid w:val="00DE352C"/>
     <w:rsid w:val="00E137DA"/>
     <w:rsid w:val="00E14140"/>
     <w:rsid w:val="00E21F25"/>
     <w:rsid w:val="00E46FDA"/>
     <w:rsid w:val="00E56C0B"/>
     <w:rsid w:val="00E872FD"/>
     <w:rsid w:val="00EA5FB4"/>
     <w:rsid w:val="00F35029"/>
     <w:rsid w:val="00F52C99"/>
     <w:rsid w:val="00F712E0"/>
     <w:rsid w:val="00F74C72"/>
     <w:rsid w:val="00FA686B"/>
     <w:rsid w:val="00FB568E"/>
+    <w:rsid w:val="2524F224"/>
+    <w:rsid w:val="3363E844"/>
+    <w:rsid w:val="4405FF7E"/>
+    <w:rsid w:val="4B1E4031"/>
+    <w:rsid w:val="4CD4D57B"/>
+    <w:rsid w:val="5CC4C5C9"/>
+    <w:rsid w:val="7E14A035"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36703F7D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BCB2D767-4100-4ECE-96E9-A6D068696057}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5789,73 +6020,73 @@
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5898,52 +6129,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6004,57 +6235,52 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AD29A2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A748F5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
@@ -6062,286 +6288,317 @@
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A748F5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B3247"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="7427"/>
       </w:tabs>
       <w:ind w:right="785"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B3247"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="006C348E"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00751A28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00751A28"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00751A28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00751A28"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00751A28"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00751A28"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="000F6E18"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A748F5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00A748F5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AD29A2"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AD29A2"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+  <w:style w:type="character" w:styleId="UnresolvedMention1" w:customStyle="1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007E3864"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wetransfer.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wetransfer.com" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ergonomics.org.uk" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rfcef99b38d754c06" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_1081868574"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{f6b0ce15-913a-486e-99eb-60b2b9a4b9aa}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B71C1AB" wp14:textId="77777777">
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6570,95 +6827,100 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c919547c-0bc9-44df-9fc4-0e5943dcace8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <DateandTime xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e75d545f398ab7380cbc568a7e5b0561">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d92acb60c433622272c3d4f2d5573380" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29054cf09ce55bd6ee797d45321d376c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f557abe29adaa452c1b249d0b6983909" ns2:_="" ns3:_="">
     <xsd:import namespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <xsd:import namespace="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6690,50 +6952,70 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="27ab303b-7047-441a-8d41-847f4283193f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateandTime" ma:index="26" nillable="true" ma:displayName="Date and Time" ma:format="DateTime" ma:internalName="DateandTime">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c919547c-0bc9-44df-9fc4-0e5943dcace8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -6833,131 +7115,91 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B27C34E9-5532-457B-904F-6370DE8DF005}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9395CB1C-4887-4D84-8666-9C0C51AB58E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BF2B0C3-F045-4C0D-AEA4-2B0D5466B1E7}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EEC41E6-3D8B-4157-B3F9-565EE5D1592D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>The Ergonomics Society</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MCIEHF Application Form</dc:title>
   <dc:subject/>
   <dc:creator>Tina Worthy</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009CA3645515CF4E4AACFB6FAD7FDA2745</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>