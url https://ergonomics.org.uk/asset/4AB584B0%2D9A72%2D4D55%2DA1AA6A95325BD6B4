--- v0 (2025-10-06)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4CA16BD6" w14:textId="77777777" w:rsidR="00C7204F" w:rsidRPr="00C7204F" w:rsidRDefault="00C7204F" w:rsidP="00C7204F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7204F">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB6B85A" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="004E788D" w:rsidP="00311B0A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8640"/>
@@ -61,166 +61,222 @@
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Stage 1: </w:t>
       </w:r>
       <w:r w:rsidR="0069455A">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Context</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215FF171" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="002B03C1" w:rsidRDefault="00670748" w:rsidP="00670748">
+    <w:p w14:paraId="215FF171" w14:textId="043FC994" w:rsidR="00670748" w:rsidRPr="002B03C1" w:rsidRDefault="00670748" w:rsidP="00670748">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Current or previous CIEHF members:</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Please check and if necessary update your contact details in your CIEHF account on </w:t>
+        <w:t xml:space="preserve"> Please check</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2659">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and if </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2659">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>necessary,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> update your contact details in your CIEHF account </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2659">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="002B03C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BE3212" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="002B03C1" w:rsidRDefault="00670748" w:rsidP="00670748">
+    <w:p w14:paraId="78BE3212" w14:textId="464C6861" w:rsidR="00670748" w:rsidRPr="002B03C1" w:rsidRDefault="00670748" w:rsidP="00670748">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Non-CIEHF members:</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Please create an account on our website </w:t>
+        <w:t xml:space="preserve"> Please create an account on our website</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2659">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="002B03C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. You don’t have to join as a member prior to your application, but please enter your full contact details. </w:t>
+        <w:t xml:space="preserve">. You don’t have to join as a member prior to your application but please enter your full contact details. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3393DB52" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="002B03C1" w:rsidRDefault="00670748" w:rsidP="00670748">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A519927" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="00670748">
+    <w:p w14:paraId="4A519927" w14:textId="40245282" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="00670748">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>user name</w:t>
       </w:r>
       <w:r w:rsidRPr="002B03C1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> is the email address you use to log in to our website with. </w:t>
+        <w:t xml:space="preserve"> is the email address you use to log in to our website. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="376D4822" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="00670748">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
@@ -247,101 +303,99 @@
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B03C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Your full name</w:t>
             </w:r>
             <w:r w:rsidRPr="003A6F12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02ABFBCF" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="006A2010" w:rsidRDefault="00670748" w:rsidP="00A34F36">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00670748" w:rsidRPr="00AD29A2" w14:paraId="14E4520F" w14:textId="77777777" w:rsidTr="00A34F36">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC9B3DE" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="003A6F12" w:rsidRDefault="00670748" w:rsidP="00A34F36">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B03C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Your CIEHF user name (preferred email address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71062C74" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="00A34F36">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00670748" w:rsidRPr="00AD29A2" w14:paraId="5C42DBF4" w14:textId="77777777" w:rsidTr="00A34F36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="162CBCEE" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="0062737E" w:rsidRDefault="00670748" w:rsidP="00A34F36">
             <w:pPr>
@@ -355,171 +409,188 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Are you currently a member of the CIEHF? If so</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0062737E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> what grade?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D58A1C5" w14:textId="77777777" w:rsidR="00670748" w:rsidRPr="00AD29A2" w:rsidRDefault="00670748" w:rsidP="00A34F36">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B6A9492" w14:textId="207E8761" w:rsidR="0069455A" w:rsidRPr="002637F3" w:rsidRDefault="0069455A" w:rsidP="0069455A">
+    <w:p w14:paraId="4B6A9492" w14:textId="207E8761" w:rsidR="0069455A" w:rsidRDefault="0069455A" w:rsidP="0069455A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Summary of your application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A925859" w14:textId="45B27C67" w:rsidR="005E2550" w:rsidRPr="002637F3" w:rsidRDefault="005E2550" w:rsidP="005E2550">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a maximum of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>0 words, p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lease summarise your application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> setting out clearly why you believe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032C06">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>you are eligible for Fellowship</w:t>
+      </w:r>
+      <w:r w:rsidR="000771D8">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0069455A" w:rsidRPr="00C33687" w14:paraId="7CEE134B" w14:textId="77777777" w:rsidTr="003223F9">
-[...68 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="0069455A" w:rsidRPr="00C33687" w14:paraId="450A4F1B" w14:textId="77777777" w:rsidTr="003223F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="54672BF1" w14:textId="77777777" w:rsidR="0069455A" w:rsidRPr="00894567" w:rsidRDefault="0069455A" w:rsidP="003223F9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="150D9498" w14:textId="77777777" w:rsidR="0069455A" w:rsidRPr="00894567" w:rsidRDefault="0069455A" w:rsidP="003223F9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -638,228 +709,216 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7204F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University/Institute</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00874F88" w:rsidRPr="00AD29A2" w14:paraId="2F1D4A96" w14:textId="77777777" w:rsidTr="00C7204F">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39E2DE9D" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F82FFAE" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F979D76" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26809D3F" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00874F88" w:rsidRPr="00AD29A2" w14:paraId="26AF2D9E" w14:textId="77777777" w:rsidTr="00C7204F">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11C32806" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06E32541" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5318F57F" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F8EDC87" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00874F88" w:rsidRPr="00AD29A2" w14:paraId="041BC561" w14:textId="77777777" w:rsidTr="00C7204F">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2975C291" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3884" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25B6090C" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1097" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5385D911" w14:textId="77777777" w:rsidR="00874F88" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E5347F" w14:textId="77777777" w:rsidR="00874F88" w:rsidRPr="00AD29A2" w:rsidRDefault="00874F88" w:rsidP="0025393C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="386FDA87" w14:textId="77777777" w:rsidR="00725D24" w:rsidRPr="002637F3" w:rsidRDefault="004E788D" w:rsidP="004E788D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
@@ -937,134 +996,134 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9962"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F51D5" w:rsidRPr="00C33687" w14:paraId="572FBE33" w14:textId="77777777" w:rsidTr="00A610EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE1CADA" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="00894567" w:rsidRDefault="002A1922" w:rsidP="00735724">
+          <w:p w14:paraId="1EE1CADA" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="000771D8" w:rsidRDefault="002A1922" w:rsidP="00735724">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000771D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
-            <w:r w:rsidR="008F51D5" w:rsidRPr="00894567">
+            <w:r w:rsidR="008F51D5" w:rsidRPr="000771D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ob title</w:t>
             </w:r>
-            <w:r w:rsidR="00A610EF" w:rsidRPr="00894567">
+            <w:r w:rsidR="00A610EF" w:rsidRPr="000771D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and employment status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F51D5" w:rsidRPr="00C33687" w14:paraId="49900845" w14:textId="77777777" w:rsidTr="00C1144C">
         <w:trPr>
           <w:trHeight w:val="587"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5DA07C6C" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="00894567" w:rsidRDefault="008F51D5" w:rsidP="00735724">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70D22987" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="00894567" w:rsidRDefault="008F51D5" w:rsidP="00735724">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F51D5" w:rsidRPr="00C33687" w14:paraId="71CBE432" w14:textId="77777777" w:rsidTr="00A610EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
           </w:tcPr>
-          <w:p w14:paraId="359A0C05" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="00894567" w:rsidRDefault="008F51D5" w:rsidP="00735724">
+          <w:p w14:paraId="359A0C05" w14:textId="77777777" w:rsidR="008F51D5" w:rsidRPr="000771D8" w:rsidRDefault="008F51D5" w:rsidP="00735724">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00894567">
+            <w:r w:rsidRPr="000771D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Current employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F51D5" w:rsidRPr="00C33687" w14:paraId="401A2882" w14:textId="77777777" w:rsidTr="00A610EF">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="35FE3DD6" w14:textId="77777777" w:rsidR="000059FF" w:rsidRPr="00894567" w:rsidRDefault="000059FF" w:rsidP="00735724">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1157,247 +1216,290 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1AEE1F75" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>CPD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F0F085" w14:textId="7BBCC946" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
+    <w:p w14:paraId="4147CA3A" w14:textId="6A567558" w:rsidR="00D01C71" w:rsidRPr="00820424" w:rsidRDefault="003F5B3B" w:rsidP="003E7DC5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>This part of your application is necessary for the awarding of Chartered status</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47FD6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and must be completed as part of your overall application.</w:t>
+      </w:r>
+      <w:r w:rsidR="00507378">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559AE86A" w14:textId="08F65782" w:rsidR="00670748" w:rsidRDefault="00D7092D" w:rsidP="00670748">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
-          <w:szCs w:val="22"/>
-[...8 lines deleted...]
-      </w:r>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t>other relevant activities such as Institute posts, volunteering, presentations, sector or working group membership.</w:t>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>So</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you have a full CPD record going forward, you can </w:t>
+      </w:r>
+      <w:r w:rsidR="00670748" w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>complete your CPD record online, by logging into your CIEHF account (in MyAccount</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7563">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00670748" w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7563">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00670748" w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">MyCPD). Once complete, export the record and include with this application. Alternatively, you </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00670748" w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete th</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00670748" w:rsidRPr="002B03C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table below.</w:t>
+      </w:r>
+      <w:r w:rsidR="00670748">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4147CA3A" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00820424" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
-[...148 lines deleted...]
-    <w:p w14:paraId="5ACA4A29" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00742D82" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
+    <w:p w14:paraId="5ACA4A29" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00742D82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Current CPD Activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0856A740" w14:textId="77777777" w:rsidR="003E7DC5" w:rsidRDefault="003E7DC5" w:rsidP="003E7DC5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Please provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820424">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 entries that cover a 12 month period immediately prior to the date of this application. The entries should demonstrate how you are continuing to develop and learn </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">at a senior level and should include </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894567">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other relevant activities such as Institute posts, volunteering, presentations, sector or working group membership.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E34EE7" w14:textId="12B98968" w:rsidR="003E7DC5" w:rsidRPr="003E7DC5" w:rsidRDefault="003E7DC5" w:rsidP="003E7DC5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">The description should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01C71">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">detail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01C71">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">what you did, reflect on what you learnt and comment on how it improved you professionally, either by adding to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01C71">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>competencies or increasing your level of proficiency.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9891" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="4651"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="7D255382" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1D8BDC64" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="0062737E" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
@@ -1448,314 +1550,357 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="577CDD2D" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C01A0C8" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0581EA8F" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64101184" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="03F13626" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C3DFA96" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20C33445" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BB90491" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="49A9B62E" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57B712DD" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="255B97EE" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E051AA" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="2EB32A52" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EBEF13C" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E393B33" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04A0FA68" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="3E0E36D3" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A6B4AA8" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="711BD1B7" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53494CA5" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="425A112C" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00742D82" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
+    <w:p w14:paraId="425A112C" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00D01C71">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Forward Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D1CBEB" w14:textId="10026C02" w:rsidR="003E7DC5" w:rsidRPr="003E7DC5" w:rsidRDefault="003E7DC5" w:rsidP="003E7DC5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00820424">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must also include a Forward Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820424">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 activities showing how you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>intend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820424">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to maintain and develop your competencies </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">and increase your proficiency </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820424">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>over the coming year.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9891" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="4651"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="1311A25F" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="14519AA1" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="0062737E" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
@@ -1806,324 +1951,325 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="7DB77E04" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268EC14C" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D9A4F95" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33EBF234" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="02A7E0F9" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="036A6A73" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24826F28" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AEF1FE8" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w14:paraId="68875B90" w14:textId="77777777" w:rsidTr="00303F79">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D6E7430" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="116C5D70" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRPr="00AD29A2" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4651" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05494FCF" w14:textId="77777777" w:rsidR="00D01C71" w:rsidRDefault="00D01C71" w:rsidP="00303F79">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BD09953" w14:textId="77777777" w:rsidR="004E788D" w:rsidRDefault="004E788D" w:rsidP="008F51D5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C96E236" w14:textId="77777777" w:rsidR="004E788D" w:rsidRDefault="004E788D" w:rsidP="008F51D5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B60CCC1" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="004E788D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9BDAAF" w14:textId="77777777" w:rsidR="00670748" w:rsidRDefault="00670748" w:rsidP="004E788D">
+    <w:p w14:paraId="43712262" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="002637F3" w:rsidRDefault="004E788D" w:rsidP="004E788D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="240"/>
+      <w:r w:rsidRPr="002637F3">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Stage 2: Assessment</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6640F1AD" w14:textId="689AA007" w:rsidR="00EE2F93" w:rsidRDefault="00BB406F" w:rsidP="00EE2F93">
+    <w:p w14:paraId="6640F1AD" w14:textId="0A9F8C92" w:rsidR="00EE2F93" w:rsidRDefault="000D055B" w:rsidP="00EE2F93">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All applicants must complete this section. </w:t>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB406F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must complete this section. </w:t>
       </w:r>
       <w:r w:rsidR="00EE2F93">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>This information will form the basis of the assessment, together with your CV and any other supporting material you submit.</w:t>
+        <w:t xml:space="preserve">This information </w:t>
+      </w:r>
+      <w:r w:rsidR="00591A5B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>is what will set you apart for the grade of</w:t>
+      </w:r>
+      <w:r w:rsidR="008C620B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fello</w:t>
+      </w:r>
+      <w:r w:rsidR="00591A5B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2F93">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, together with your CV and any other supporting material you submit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64845F26" w14:textId="77777777" w:rsidR="00EE2F93" w:rsidRPr="00C7204F" w:rsidRDefault="00EE2F93" w:rsidP="00EE2F93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
-        <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="4722"/>
+        <w:gridCol w:w="6423"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E788D" w:rsidRPr="00C33687" w14:paraId="60D04D0F" w14:textId="77777777" w:rsidTr="00311028">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="454324D3" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Knowledge,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> experience and responsibility</w:t>
@@ -2137,78 +2283,78 @@
               <w:t xml:space="preserve"> over the last 10 years</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BE87B55" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This should demonstrate significant contribution in your area of practice, teaching, and research in ergonomics / human factors. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E788D" w:rsidRPr="00C33687" w14:paraId="4A950C11" w14:textId="77777777" w:rsidTr="00311028">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="322928D8" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7010ABA0" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E788D" w:rsidRPr="00C33687" w14:paraId="2BE5BA22" w14:textId="77777777" w:rsidTr="00311028">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="52FCB43A" w14:textId="18C0244E" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Senior </w:t>
             </w:r>
             <w:r w:rsidR="0069455A">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>P</w:t>
@@ -2270,153 +2416,323 @@
               <w:t xml:space="preserve"> 5 years</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="439AFCEC" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>This should show project management, leadership, financial or management responsibility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0069455A" w:rsidRPr="00C33687" w14:paraId="0F5A78F3" w14:textId="77777777" w:rsidTr="003223F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0D15E6BB" w14:textId="77777777" w:rsidR="0069455A" w:rsidRPr="00894567" w:rsidRDefault="0069455A" w:rsidP="003223F9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C414756" w14:textId="77777777" w:rsidR="0069455A" w:rsidRPr="00894567" w:rsidRDefault="0069455A" w:rsidP="003223F9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0069455A" w:rsidRPr="00C33687" w14:paraId="63A1452F" w14:textId="77777777" w:rsidTr="0069455A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F834588" w14:textId="32C2D0B6" w:rsidR="0069455A" w:rsidRPr="0069455A" w:rsidRDefault="0069455A" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069455A">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>When did your SPR begin and end (if it has</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ended</w:t>
             </w:r>
             <w:r w:rsidRPr="0069455A">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>)? (mm/</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>)? (mm/yy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6423" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59671BC5" w14:textId="34B64509" w:rsidR="0069455A" w:rsidRPr="00894567" w:rsidRDefault="0069455A" w:rsidP="00311028">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15260D3C" w14:textId="77777777" w:rsidR="005E4E7B" w:rsidRDefault="005E4E7B"/>
+    <w:p w14:paraId="392A4DE1" w14:textId="2BE97A96" w:rsidR="006A67F2" w:rsidRPr="00CC7675" w:rsidRDefault="006A67F2">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r w:rsidR="00F405C0" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">started </w:t>
+      </w:r>
+      <w:r w:rsidR="00731FA9" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="00F405C0" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application </w:t>
+      </w:r>
+      <w:r w:rsidR="008C13CF" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">after September 2025 and are </w:t>
+      </w:r>
+      <w:r w:rsidR="00731FA9" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>submitting</w:t>
+      </w:r>
+      <w:r w:rsidR="00F405C0" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the new Professional Competency Checklist</w:t>
+      </w:r>
+      <w:r w:rsidR="008C13CF" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002549DD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(PCC) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C13CF" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and log book as the basis of your application, </w:t>
+      </w:r>
+      <w:r w:rsidR="00823040" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">you will be submitting evidence as part of </w:t>
+      </w:r>
+      <w:r w:rsidR="00827DE7" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>the log book</w:t>
+      </w:r>
+      <w:r w:rsidR="00823040" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C13CF" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823040" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>In this case, ignore the following table</w:t>
+      </w:r>
+      <w:r w:rsidR="0003104C" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and move on the Referees section below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4173D158" w14:textId="60C40B69" w:rsidR="00827DE7" w:rsidRPr="00CC7675" w:rsidRDefault="00827DE7" w:rsidP="00CC7675">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>If you started this application before September</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7675" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="002549DD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are using the old PCC</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1F27">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (without a log book)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please complete the table and supply </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7675" w:rsidRPr="00CC7675">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>documentation as requested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E5C0FE" w14:textId="77777777" w:rsidR="006A67F2" w:rsidRDefault="006A67F2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5240"/>
+        <w:gridCol w:w="4722"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="7E6B0F64" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9962" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6998495F" w14:textId="20C222D6" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Additional e</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>vidence</w:t>
@@ -2427,51 +2743,50 @@
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>If you’re not already a Registered Member of the CIEHF (or equivalent in another IEA-federated society), you must include 5 pieces of evidence, one per area of competence, to demonstrate your depth and breadth of ergonomics and human factors knowledge.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="06EFFD24" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="276B7D7C" w14:textId="2CF46B6B" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Area of competence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
@@ -2487,286 +2802,271 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence provided </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(type, filename, etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="444513A6" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D4AAB88" w14:textId="7F3497D1" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ergonomics/ human factors principles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15C1BB8F" w14:textId="000A7C2E" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="5555B4C1" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77367A9B" w14:textId="043A1063" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ergonomics/ human factors theory and practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290F91B6" w14:textId="56EA57C8" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="3F76BF8E" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="570ADDC3" w14:textId="79F909A9" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Human capabilities and limitations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54042E72" w14:textId="7E3F2211" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="05077989" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215969DE" w14:textId="5ACD2519" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Design and development of systems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="499F72E4" w14:textId="308CB71C" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB406F" w:rsidRPr="00BB406F" w14:paraId="23D5AA49" w14:textId="77777777" w:rsidTr="00BB406F">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5828CEA7" w14:textId="4829B6D1" w:rsidR="00BB406F" w:rsidRPr="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB406F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional skills and implementation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0ACE350B" w14:textId="4B13F848" w:rsidR="00BB406F" w:rsidRDefault="00BB406F" w:rsidP="00BB406F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="294F1E5E" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="002637F3" w:rsidRDefault="004E788D" w:rsidP="004E788D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002637F3">
         <w:rPr>
@@ -2775,58 +3075,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4CC99F" w14:textId="2DA072F8" w:rsidR="004E788D" w:rsidRDefault="004E788D" w:rsidP="004E788D">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please contact your referees and ask them to email their referee</w:t>
       </w:r>
       <w:r w:rsidR="00670748">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> reports directly to</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> reports directly to </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00670748" w:rsidRPr="00064326">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>membership@ergonomics.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2BDFD1EC" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00C7204F" w:rsidRDefault="004E788D" w:rsidP="004E788D">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:jc w:val="center"/>
@@ -2845,50 +3138,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4485198F" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00894567" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894567">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Referee 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E788D" w:rsidRPr="00AD29A2" w14:paraId="7842A477" w14:textId="77777777" w:rsidTr="00311028">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="449CFD5D" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00AD29A2" w:rsidRDefault="004E788D" w:rsidP="00311028">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD29A2">
               <w:rPr>
@@ -3169,51 +3463,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00557B89" w:rsidRPr="00AD29A2" w14:paraId="610878A6" w14:textId="77777777" w:rsidTr="00E6748B">
         <w:trPr>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5F0363CC" w14:textId="77777777" w:rsidR="00557B89" w:rsidRPr="00AD29A2" w:rsidRDefault="00557B89" w:rsidP="009D5239">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>CIEHF Fellow?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20186B31" w14:textId="77777777" w:rsidR="00557B89" w:rsidRPr="00AD29A2" w:rsidRDefault="00557B89" w:rsidP="009D5239">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes / No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3946,50 +4239,51 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1144C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">That the whole of the information contained in this application and supporting documentation is true, accurate and complete to the best of my knowledge and belief. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A5DC40" w14:textId="77777777" w:rsidR="004C46AD" w:rsidRPr="00C1144C" w:rsidRDefault="004C46AD" w:rsidP="004C46AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1144C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I confirm:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FF4F00" w14:textId="77777777" w:rsidR="004C46AD" w:rsidRPr="00C1144C" w:rsidRDefault="004C46AD" w:rsidP="004C46AD">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D86A558" w14:textId="77777777" w:rsidR="004C46AD" w:rsidRPr="00C1144C" w:rsidRDefault="004C46AD" w:rsidP="004C46AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1144C">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4010,62 +4304,73 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1144C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I have never been convicted of a criminal offence (other than minor motoring offences)</w:t>
       </w:r>
       <w:r w:rsidR="00C1144C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD3DEAB" w14:textId="77777777" w:rsidR="00AD29A2" w:rsidRPr="00C1144C" w:rsidRDefault="00AD29A2" w:rsidP="00AD29A2">
+    <w:p w14:paraId="6DD3DEAB" w14:textId="7DDAFE06" w:rsidR="00AD29A2" w:rsidRPr="00C1144C" w:rsidRDefault="00AD29A2" w:rsidP="00AD29A2">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1144C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>I undertake to pay the application fee and the Institute’s annual subscription fee. I understand that my acceptance as a member is conditional on the above.</w:t>
+        <w:t>I undertake to pay the Institute’s fee</w:t>
+      </w:r>
+      <w:r w:rsidR="00193842">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s in relation to this application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1144C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. I understand that my acceptance as a member is conditional on the above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741239E2" w14:textId="77777777" w:rsidR="00AD29A2" w:rsidRDefault="00AD29A2" w:rsidP="00AD29A2">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A4390E7" w14:textId="05BFAFB7" w:rsidR="00AD29A2" w:rsidRDefault="00AD29A2" w:rsidP="00AD29A2">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00E6748B">
         <w:rPr>
@@ -4286,50 +4591,83 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F93">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Professional competency checklist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61C6851A" w14:textId="77777777" w:rsidR="004E788D" w:rsidRDefault="004E788D" w:rsidP="00EE2F93">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00DF32FB" w14:paraId="2DB5E236" w14:textId="77777777" w:rsidTr="00EE2F93">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4CB3FA" w14:textId="1D118046" w:rsidR="00DF32FB" w:rsidRPr="00EE2F93" w:rsidRDefault="00DF32FB" w:rsidP="004E788D">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Log book (if you started your application after September 2025)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A143E2" w14:textId="77777777" w:rsidR="00DF32FB" w:rsidRDefault="00DF32FB" w:rsidP="00EE2F93">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="004E788D" w14:paraId="112D0756" w14:textId="77777777" w:rsidTr="00EE2F93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7225" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="004287E8" w14:textId="77777777" w:rsidR="004E788D" w:rsidRPr="00EE2F93" w:rsidRDefault="004E788D" w:rsidP="00AD29A2">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F93">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Detailed CV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13647D71" w14:textId="77777777" w:rsidR="004E788D" w:rsidRDefault="004E788D" w:rsidP="00EE2F93">
             <w:pPr>
@@ -4581,199 +4919,199 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="077FD6EE" w14:textId="41E556E9" w:rsidR="00032C06" w:rsidRDefault="00032C06" w:rsidP="004E788D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00032C06" w:rsidSect="00751A28">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06C94A6E" w14:textId="77777777" w:rsidR="00D40F71" w:rsidRDefault="00D40F71" w:rsidP="00751A28">
+    <w:p w14:paraId="1B529894" w14:textId="77777777" w:rsidR="00842933" w:rsidRDefault="00842933" w:rsidP="00751A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70199EF3" w14:textId="77777777" w:rsidR="00D40F71" w:rsidRDefault="00D40F71" w:rsidP="00751A28">
+    <w:p w14:paraId="7CDCB2CD" w14:textId="77777777" w:rsidR="00842933" w:rsidRDefault="00842933" w:rsidP="00751A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="6DAA71DD" w14:textId="4664D03E" w:rsidR="00F02F85" w:rsidRPr="00380E1D" w:rsidRDefault="00A17F4D" w:rsidP="00380E1D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DAA71DD" w14:textId="20250CF5" w:rsidR="00F02F85" w:rsidRPr="00380E1D" w:rsidRDefault="00A17F4D" w:rsidP="00380E1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00380E1D">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>CIEHF/Membership/Fellow</w:t>
     </w:r>
     <w:r w:rsidR="00D01C71">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> Application Form </w:t>
     </w:r>
     <w:r w:rsidR="00670748">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>- 09</w:t>
+      <w:t xml:space="preserve">- </w:t>
     </w:r>
-    <w:r w:rsidR="00C12BB7">
+    <w:r w:rsidR="000437C8">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>22</w:t>
+      <w:t>0226</w:t>
     </w:r>
     <w:r w:rsidR="001E6951" w:rsidRPr="00380E1D">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-1645424056"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
@@ -4813,70 +5151,70 @@
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00F02F85" w:rsidRPr="00380E1D">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="3EDF0F77" w14:textId="77777777" w:rsidR="00F02F85" w:rsidRDefault="00F02F85">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03540275" w14:textId="77777777" w:rsidR="00D40F71" w:rsidRDefault="00D40F71" w:rsidP="00751A28">
+    <w:p w14:paraId="4080BC7A" w14:textId="77777777" w:rsidR="00842933" w:rsidRDefault="00842933" w:rsidP="00751A28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134B2542" w14:textId="77777777" w:rsidR="00D40F71" w:rsidRDefault="00D40F71" w:rsidP="00751A28">
+    <w:p w14:paraId="08340DBC" w14:textId="77777777" w:rsidR="00842933" w:rsidRDefault="00842933" w:rsidP="00751A28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EC13B51" w14:textId="397CF36F" w:rsidR="00C12BB7" w:rsidRDefault="00C12BB7" w:rsidP="00C12BB7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30880F57" wp14:editId="400C78A4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-57785</wp:posOffset>
@@ -4931,77 +5269,77 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Membership</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> Application</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="060D93E8" w14:textId="05D8BBCF" w:rsidR="00C12BB7" w:rsidRDefault="00C12BB7" w:rsidP="00C12BB7">
+  <w:p w14:paraId="060D93E8" w14:textId="5C56FEF9" w:rsidR="00C12BB7" w:rsidRDefault="00C12BB7" w:rsidP="00C12BB7">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:b/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>Fellow Member</w:t>
+      <w:t>Fellow</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07976934"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="348C400C"/>
     <w:styleLink w:val="App"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="APPTitle"/>
       <w:lvlText w:val="Appendix %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="1134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="AppHeader1"/>
@@ -6668,346 +7006,379 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1567689098">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="695891809">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2011592597">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1507206788">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="530335894">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="277107639">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1098212120">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="803432074">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1979607553">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="921915227">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="APPTitle"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="AppHeader1"/>
         <w:lvlText w:val="A.%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="1134"/>
           </w:tabs>
           <w:ind w:left="1134" w:hanging="1134"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="425810079">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1291471484">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1696073670">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="693579043">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2005860420">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1486239771">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B3247"/>
     <w:rsid w:val="00001B34"/>
     <w:rsid w:val="000059FF"/>
     <w:rsid w:val="00005E41"/>
+    <w:rsid w:val="0003104C"/>
     <w:rsid w:val="00032C06"/>
+    <w:rsid w:val="000437C8"/>
+    <w:rsid w:val="000771D8"/>
     <w:rsid w:val="000866B1"/>
     <w:rsid w:val="000B513D"/>
+    <w:rsid w:val="000D055B"/>
     <w:rsid w:val="000D3030"/>
     <w:rsid w:val="000D3C4B"/>
     <w:rsid w:val="000F6E18"/>
     <w:rsid w:val="001564F6"/>
     <w:rsid w:val="001619A5"/>
     <w:rsid w:val="001823CE"/>
+    <w:rsid w:val="00193842"/>
+    <w:rsid w:val="001A7563"/>
+    <w:rsid w:val="001B1F27"/>
     <w:rsid w:val="001D1166"/>
     <w:rsid w:val="001E6951"/>
     <w:rsid w:val="002318C5"/>
     <w:rsid w:val="00231BE2"/>
     <w:rsid w:val="00244848"/>
+    <w:rsid w:val="002549DD"/>
     <w:rsid w:val="002637F3"/>
     <w:rsid w:val="002A1922"/>
     <w:rsid w:val="002B790C"/>
     <w:rsid w:val="002C7F1E"/>
     <w:rsid w:val="00311B0A"/>
     <w:rsid w:val="0032029E"/>
     <w:rsid w:val="00336A3E"/>
     <w:rsid w:val="00372400"/>
     <w:rsid w:val="00376A2B"/>
     <w:rsid w:val="00380E1D"/>
     <w:rsid w:val="003B07B8"/>
     <w:rsid w:val="003D2143"/>
     <w:rsid w:val="003D33EB"/>
+    <w:rsid w:val="003E7DC5"/>
+    <w:rsid w:val="003F5B3B"/>
     <w:rsid w:val="00405887"/>
     <w:rsid w:val="0042079C"/>
     <w:rsid w:val="004628E5"/>
     <w:rsid w:val="004B3247"/>
     <w:rsid w:val="004C1BF0"/>
     <w:rsid w:val="004C46AD"/>
     <w:rsid w:val="004C4934"/>
     <w:rsid w:val="004E4BD4"/>
     <w:rsid w:val="004E788D"/>
     <w:rsid w:val="004F0340"/>
+    <w:rsid w:val="00507378"/>
     <w:rsid w:val="00531637"/>
     <w:rsid w:val="00555733"/>
     <w:rsid w:val="00557B89"/>
     <w:rsid w:val="005712FE"/>
     <w:rsid w:val="0057271F"/>
+    <w:rsid w:val="00574CC3"/>
+    <w:rsid w:val="00587F91"/>
+    <w:rsid w:val="00591A5B"/>
     <w:rsid w:val="005A37C7"/>
     <w:rsid w:val="005B7007"/>
     <w:rsid w:val="005C5EAE"/>
     <w:rsid w:val="005C6059"/>
+    <w:rsid w:val="005E2550"/>
+    <w:rsid w:val="005E4E7B"/>
     <w:rsid w:val="006070F6"/>
     <w:rsid w:val="00670748"/>
     <w:rsid w:val="00672ECA"/>
     <w:rsid w:val="00684EB8"/>
     <w:rsid w:val="0069455A"/>
+    <w:rsid w:val="006A67F2"/>
     <w:rsid w:val="006C348E"/>
     <w:rsid w:val="006C673D"/>
     <w:rsid w:val="006D1C88"/>
     <w:rsid w:val="00725D24"/>
     <w:rsid w:val="00726079"/>
+    <w:rsid w:val="00731FA9"/>
     <w:rsid w:val="00734914"/>
     <w:rsid w:val="00744350"/>
     <w:rsid w:val="00751A28"/>
     <w:rsid w:val="0075531C"/>
     <w:rsid w:val="007719E9"/>
     <w:rsid w:val="007749AF"/>
     <w:rsid w:val="007845E9"/>
     <w:rsid w:val="00794956"/>
     <w:rsid w:val="007B194B"/>
+    <w:rsid w:val="00805EAC"/>
     <w:rsid w:val="0082234E"/>
+    <w:rsid w:val="00823040"/>
+    <w:rsid w:val="00827DE7"/>
+    <w:rsid w:val="00842933"/>
     <w:rsid w:val="00863848"/>
+    <w:rsid w:val="0086735C"/>
     <w:rsid w:val="00867DBB"/>
     <w:rsid w:val="00874F88"/>
     <w:rsid w:val="0088089C"/>
     <w:rsid w:val="008829B4"/>
     <w:rsid w:val="00887A50"/>
     <w:rsid w:val="00891BE7"/>
     <w:rsid w:val="00894567"/>
     <w:rsid w:val="00895039"/>
     <w:rsid w:val="008B7EA5"/>
+    <w:rsid w:val="008C13CF"/>
     <w:rsid w:val="008C2227"/>
+    <w:rsid w:val="008C620B"/>
     <w:rsid w:val="008D1E23"/>
     <w:rsid w:val="008D7322"/>
     <w:rsid w:val="008F51D5"/>
     <w:rsid w:val="00917CED"/>
     <w:rsid w:val="00923401"/>
     <w:rsid w:val="00943F6D"/>
     <w:rsid w:val="009959C9"/>
     <w:rsid w:val="009A04AC"/>
     <w:rsid w:val="009B5F78"/>
     <w:rsid w:val="009D1004"/>
+    <w:rsid w:val="009E4D97"/>
+    <w:rsid w:val="009F399D"/>
     <w:rsid w:val="009F55ED"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A102D5"/>
     <w:rsid w:val="00A17F4D"/>
     <w:rsid w:val="00A610EF"/>
     <w:rsid w:val="00A73F64"/>
     <w:rsid w:val="00A748F5"/>
     <w:rsid w:val="00A758B8"/>
     <w:rsid w:val="00A90485"/>
     <w:rsid w:val="00A91390"/>
     <w:rsid w:val="00AB1E11"/>
     <w:rsid w:val="00AB5AC5"/>
     <w:rsid w:val="00AB6C8D"/>
     <w:rsid w:val="00AD29A2"/>
     <w:rsid w:val="00B20999"/>
     <w:rsid w:val="00B923E3"/>
     <w:rsid w:val="00B93A30"/>
     <w:rsid w:val="00BB406F"/>
     <w:rsid w:val="00BD624D"/>
     <w:rsid w:val="00C1144C"/>
     <w:rsid w:val="00C12BB7"/>
     <w:rsid w:val="00C20256"/>
     <w:rsid w:val="00C2578F"/>
     <w:rsid w:val="00C33687"/>
     <w:rsid w:val="00C347B7"/>
     <w:rsid w:val="00C477B3"/>
     <w:rsid w:val="00C7204F"/>
+    <w:rsid w:val="00CC7675"/>
     <w:rsid w:val="00CF139D"/>
     <w:rsid w:val="00D01C71"/>
     <w:rsid w:val="00D40F71"/>
     <w:rsid w:val="00D52BC9"/>
+    <w:rsid w:val="00D7092D"/>
     <w:rsid w:val="00D8002B"/>
     <w:rsid w:val="00DB70D6"/>
     <w:rsid w:val="00DC266D"/>
     <w:rsid w:val="00DE352C"/>
     <w:rsid w:val="00DE4C03"/>
+    <w:rsid w:val="00DF32FB"/>
     <w:rsid w:val="00DF3C60"/>
     <w:rsid w:val="00E10AB9"/>
     <w:rsid w:val="00E131BC"/>
     <w:rsid w:val="00E1676E"/>
     <w:rsid w:val="00E21F25"/>
     <w:rsid w:val="00E2712C"/>
     <w:rsid w:val="00E56C0B"/>
     <w:rsid w:val="00E6748B"/>
     <w:rsid w:val="00E872FD"/>
     <w:rsid w:val="00EE2F93"/>
     <w:rsid w:val="00EE78E4"/>
     <w:rsid w:val="00EF0988"/>
+    <w:rsid w:val="00EF2659"/>
     <w:rsid w:val="00F02F85"/>
+    <w:rsid w:val="00F405C0"/>
+    <w:rsid w:val="00F47FD6"/>
     <w:rsid w:val="00F50F00"/>
     <w:rsid w:val="00F52C99"/>
     <w:rsid w:val="00FA70D7"/>
     <w:rsid w:val="00FF60CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4EFA60AB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BCB2D767-4100-4ECE-96E9-A6D068696057}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7247,50 +7618,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AD29A2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A748F5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -7664,67 +8040,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="00C20256"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A91390"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00867DBB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="180823782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wetransfer.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ergonomics.org.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -7982,95 +8358,79 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d92acb60c433622272c3d4f2d5573380" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29054cf09ce55bd6ee797d45321d376c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f557abe29adaa452c1b249d0b6983909" ns2:_="" ns3:_="">
     <xsd:import namespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <xsd:import namespace="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8102,50 +8462,70 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="27ab303b-7047-441a-8d41-847f4283193f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateandTime" ma:index="26" nillable="true" ma:displayName="Date and Time" ma:format="DateTime" ma:internalName="DateandTime">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c919547c-0bc9-44df-9fc4-0e5943dcace8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -8244,124 +8624,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c919547c-0bc9-44df-9fc4-0e5943dcace8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <DateandTime xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79AB0592-5266-4E11-9244-31DC23CA9179}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA0033F0-6A12-47DD-9769-C8BC625E8E50}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B285C3C-48C2-4D1D-B58D-01D05F84D019}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7C99E5C-87BF-41EF-AED6-92EA64A21724}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79AB0592-5266-4E11-9244-31DC23CA9179}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <ds:schemaRef ds:uri="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
-    <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>797</Words>
-  <Characters>4877</Characters>
+  <Words>951</Words>
+  <Characters>5423</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FCIEHF Application Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>The Ergonomics Society</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5663</CharactersWithSpaces>
+  <CharactersWithSpaces>6362</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FCIEHF Application Form</dc:title>
   <dc:subject/>
   <dc:creator>Tina Worthy</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009CA3645515CF4E4AACFB6FAD7FDA2745</vt:lpwstr>
   </property>