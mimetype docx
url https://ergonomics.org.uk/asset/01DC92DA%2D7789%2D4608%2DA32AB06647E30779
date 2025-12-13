--- v0 (2025-10-11)
+++ v1 (2025-12-13)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74E8B1B6" w14:textId="30A7794D" w:rsidR="005650BD" w:rsidRPr="00E0109B" w:rsidRDefault="008A3B74" w:rsidP="008A3B74">
       <w:pPr>
         <w:spacing w:after="400" w:line="520" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23E5525F" wp14:editId="0C7617F7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
@@ -1563,89 +1563,73 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Make your s</w:t>
       </w:r>
       <w:r w:rsidR="002950E0" w:rsidRPr="007E2808">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ubmission</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2808">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178F1FB5" w14:textId="36ACDAB9" w:rsidR="00C65FF1" w:rsidRPr="007E2808" w:rsidRDefault="00C65FF1" w:rsidP="00C65FF1">
+    <w:p w14:paraId="178F1FB5" w14:textId="26DC0EE1" w:rsidR="00C65FF1" w:rsidRPr="007E2808" w:rsidRDefault="00C65FF1" w:rsidP="00C65FF1">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E2808">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When you’re ready, please save this document, then </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="007E2808">
+        <w:r w:rsidRPr="00830085">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>subm</w:t>
-[...15 lines deleted...]
-          <w:t>t this nomination form and supporting documents.</w:t>
+          <w:t>submit this nomination form and supporting documents.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E2808">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C0285C" w14:textId="628444E8" w:rsidR="00C65FF1" w:rsidRPr="00E0109B" w:rsidRDefault="00C65FF1" w:rsidP="00C65FF1">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E2808">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The closing date is </w:t>
       </w:r>
@@ -1729,76 +1713,76 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0109B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Thank you.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A00B3A" w:rsidRPr="00E0109B" w:rsidSect="002D4F0C">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="344A77BF" w14:textId="77777777" w:rsidR="002A7240" w:rsidRDefault="002A7240" w:rsidP="00CC1E57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="734C3CC8" w14:textId="77777777" w:rsidR="002A7240" w:rsidRDefault="002A7240" w:rsidP="00CC1E57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1816,119 +1800,119 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7238ACD8" w14:textId="77777777" w:rsidR="00306147" w:rsidRDefault="00306147">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6C20307E" w14:textId="00759047" w:rsidR="00381779" w:rsidRPr="002A7240" w:rsidRDefault="00381779" w:rsidP="00232819">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47C359D8" w14:textId="77777777" w:rsidR="002A7240" w:rsidRDefault="002A7240" w:rsidP="00CC1E57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="281FCA8E" w14:textId="77777777" w:rsidR="002A7240" w:rsidRDefault="002A7240" w:rsidP="00CC1E57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5786141E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3492,53 +3476,53 @@
   <w:num w:numId="7" w16cid:durableId="655719595">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="948121663">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1786195840">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="224723185">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1097023174">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1563254318">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1602031407">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB6141"/>
     <w:rsid w:val="0002160E"/>
     <w:rsid w:val="0002316B"/>
     <w:rsid w:val="00023894"/>
@@ -3553,60 +3537,62 @@
     <w:rsid w:val="00263131"/>
     <w:rsid w:val="002950E0"/>
     <w:rsid w:val="002A7240"/>
     <w:rsid w:val="002D4F0C"/>
     <w:rsid w:val="0030239D"/>
     <w:rsid w:val="00306147"/>
     <w:rsid w:val="003214C2"/>
     <w:rsid w:val="00366B69"/>
     <w:rsid w:val="00381779"/>
     <w:rsid w:val="003A5A26"/>
     <w:rsid w:val="00405346"/>
     <w:rsid w:val="00411652"/>
     <w:rsid w:val="00470CD8"/>
     <w:rsid w:val="004C0F9D"/>
     <w:rsid w:val="00517CA7"/>
     <w:rsid w:val="0054083E"/>
     <w:rsid w:val="005419AA"/>
     <w:rsid w:val="005517E3"/>
     <w:rsid w:val="005650BD"/>
     <w:rsid w:val="005663D8"/>
     <w:rsid w:val="00573E60"/>
     <w:rsid w:val="00593D8C"/>
     <w:rsid w:val="00666993"/>
     <w:rsid w:val="00670E87"/>
     <w:rsid w:val="00681378"/>
+    <w:rsid w:val="00702912"/>
     <w:rsid w:val="007353EC"/>
     <w:rsid w:val="0074107D"/>
     <w:rsid w:val="0075360B"/>
     <w:rsid w:val="007A7BAF"/>
     <w:rsid w:val="007D71A0"/>
     <w:rsid w:val="007E2808"/>
     <w:rsid w:val="007E4F2C"/>
     <w:rsid w:val="007F2FB5"/>
     <w:rsid w:val="007F364C"/>
     <w:rsid w:val="008077B1"/>
+    <w:rsid w:val="00830085"/>
     <w:rsid w:val="008437DC"/>
     <w:rsid w:val="00873035"/>
     <w:rsid w:val="008853F1"/>
     <w:rsid w:val="008A3B74"/>
     <w:rsid w:val="008C7AE9"/>
     <w:rsid w:val="008C7B9C"/>
     <w:rsid w:val="008F38DD"/>
     <w:rsid w:val="008F429A"/>
     <w:rsid w:val="00907C15"/>
     <w:rsid w:val="00942033"/>
     <w:rsid w:val="009B3594"/>
     <w:rsid w:val="009C0452"/>
     <w:rsid w:val="009D5B2C"/>
     <w:rsid w:val="009D7874"/>
     <w:rsid w:val="009E55F8"/>
     <w:rsid w:val="00A00B3A"/>
     <w:rsid w:val="00A61B38"/>
     <w:rsid w:val="00AB6141"/>
     <w:rsid w:val="00AB6320"/>
     <w:rsid w:val="00AC25EF"/>
     <w:rsid w:val="00B637CE"/>
     <w:rsid w:val="00B817ED"/>
     <w:rsid w:val="00B90B61"/>
     <w:rsid w:val="00B96976"/>
     <w:rsid w:val="00BD1C01"/>
@@ -3647,51 +3633,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B8261C3"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{447EE8DB-2BD0-41BE-8696-6F79A0DA8EBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4301,57 +4287,57 @@
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00EC1A9E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciehf@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/377885c761f44c6e8199fd8bb8fe4a33" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciehf@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciehf@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.smartsheet.com/b/form/cd4b519c31784bdab9375b7a2bffdf27" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ciehf@ergonomics.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4618,78 +4604,88 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="198623c34730f465573f93bc4cbeed2d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="215e79c90a24b29332d0979f0514729f" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CA3645515CF4E4AACFB6FAD7FDA2745" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7ab958bcec4a2d9b818b71db28e0db30">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xmlns:ns3="c919547c-0bc9-44df-9fc4-0e5943dcace8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d44925f92a7664d528f2fd40f15a3e5" ns2:_="" ns3:_="">
     <xsd:import namespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <xsd:import namespace="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="700dcbb9-fc8f-43cc-b938-7f7be37921d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4735,50 +4731,55 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="27ab303b-7047-441a-8d41-847f4283193f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="DateandTime" ma:index="26" nillable="true" ma:displayName="Date and Time" ma:format="DateTime" ma:internalName="DateandTime">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c919547c-0bc9-44df-9fc4-0e5943dcace8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4878,96 +4879,72 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c919547c-0bc9-44df-9fc4-0e5943dcace8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <DateandTime xmlns="700dcbb9-fc8f-43cc-b938-7f7be37921d6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{646D438F-CD4E-49F5-B60B-9FCD96633187}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BEEF12D-0D5C-47C4-A53F-5516DD74D2E4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BEEF12D-0D5C-47C4-A53F-5516DD74D2E4}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6C4BCB2-59F3-4615-8697-EEDFDDF0E36C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A38E550-7237-4D1C-8F3C-E2C0DC2E437E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="700dcbb9-fc8f-43cc-b938-7f7be37921d6"/>
     <ds:schemaRef ds:uri="c919547c-0bc9-44df-9fc4-0e5943dcace8"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>298</Words>